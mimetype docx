--- v0 (2025-10-13)
+++ v1 (2025-12-25)
@@ -748,51 +748,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium zaliczeniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W19, IS_W20, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_W15, IS_W19, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>