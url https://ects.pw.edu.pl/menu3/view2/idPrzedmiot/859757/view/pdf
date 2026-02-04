--- v1 (2025-12-25)
+++ v2 (2026-02-04)
@@ -830,51 +830,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt zaliczeniowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U10, IS_U12, IS_U15, IS_U18, IS_U19</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U18, IS_U19, IS_U10, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>