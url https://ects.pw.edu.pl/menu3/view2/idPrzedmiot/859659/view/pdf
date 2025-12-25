--- v0 (2025-10-11)
+++ v1 (2025-12-25)
@@ -749,51 +749,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który osiągnął cele kursu, będzie potrafił: omówić mechanizmy przenoszenia ciepła, które są istotne dla analizy cieplnej budynku: przewodzenie, konwekcja i promieniowanie cieplne, przeprowadzić analizę i obliczenia dla stacjonarnego przewodnictwa, konwekcji i promieniowania cieplnego elementu budynku, przeanalizować bilans cieplny dla strefy lub całego budynku za pomocą metody bilansów elementarnych, obliczać: podstawowe charakterystyki cieplne, wilgotnościowe  i energetyczne, niezbędne przy projektowaniu przegród i obiektów budowlanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W20, IS_W03, IS_W15, IS_W19</w:t>
+        <w:t xml:space="preserve">IS_W15, IS_W19, IS_W20, IS_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>