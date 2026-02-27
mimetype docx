--- v2 (2026-02-05)
+++ v3 (2026-02-27)
@@ -909,51 +909,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Cel edukacyjny - absolwenci podchodzą do decyzji inżynierskich ze świadomym uwzględnieniem globalnych i społecznych kontekstów i konsekwencji oraz rozwijają swoje umiejętności zawodowe, zdobywają umiejętność dyskutowania o właściwościach cieplnych, wilgotnościowych i energetycznych przegród i obiektów budowlanych oraz umiejętność efektywnej współpracy w grupie, oraz brania odpowiedzialność za otrzymane wyniki obliczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K03, IS_K06</w:t>
+        <w:t xml:space="preserve">IS_K03, IS_K06, IS_K01, IS_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>