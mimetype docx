--- v3 (2026-02-27)
+++ v4 (2026-03-21)
@@ -829,51 +829,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W związku z tym, że fizyka budynków jest podstawowym kursem w inżynierii systemów ogrzewania, wentylacji, chłodzenia i klimatyzacji budynków, w przedmiocie kładzie nacisk na umiejętności i prowadzące do realizacji celu edukacyjnego, którym jest umiejętność  projektowania systemów i instalacji wewnętrznych budynków i rozwiązywanie problemów przepływów energii i masy w budynkach przy użyciu zasad matematycznych, naukowych i inżynierskich i narzędzi obliczeniowych. Wprowadzono intuicyjną, systematyczną technikę rozwiązywania problemów, która może być stosowana w rozwiązywaniu problemów inżynierskich. Studenci po kursie zdobywają umiejętność oszacowania wpływu elementów i konstrukcji obiektów budowlanych na przebieg zjawisk cieplnych i wilgotnościowych w budynku oraz interpretowania i stosowania: norm i przepisów budowlanych z zakresu zagadnień cieplnych i wilgotnościowych oraz weryfikowania, czy wymagania te są spełnione.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U09, IS_U10, IS_U11, IS_U12</w:t>
+        <w:t xml:space="preserve">IS_U11, IS_U12, IS_U01, IS_U09, IS_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
@@ -909,51 +909,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Cel edukacyjny - absolwenci podchodzą do decyzji inżynierskich ze świadomym uwzględnieniem globalnych i społecznych kontekstów i konsekwencji oraz rozwijają swoje umiejętności zawodowe, zdobywają umiejętność dyskutowania o właściwościach cieplnych, wilgotnościowych i energetycznych przegród i obiektów budowlanych oraz umiejętność efektywnej współpracy w grupie, oraz brania odpowiedzialność za otrzymane wyniki obliczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K03, IS_K06, IS_K01, IS_K02</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K02, IS_K03, IS_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>