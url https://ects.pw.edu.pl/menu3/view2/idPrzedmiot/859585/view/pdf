--- v1 (2025-12-25)
+++ v2 (2026-03-22)
@@ -831,51 +831,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">udział w zajęciach audytoryjnych, przygotowanie prezentacji, udział w zajęciach terenowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U23, K_U22, K_U12, K_U10, K_U01</w:t>
+        <w:t xml:space="preserve">K_U12, K_U10, K_U01, K_U23, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>