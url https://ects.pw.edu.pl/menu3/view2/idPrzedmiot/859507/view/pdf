--- v0 (2025-10-12)
+++ v1 (2025-12-26)
@@ -901,51 +901,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt dobrania narzędzi i ich zastosowania do rozwiazania przykładowego problemu.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U15</w:t>
+        <w:t xml:space="preserve">K_U15, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1043,51 +1043,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt dobrania narzędzi i ich zastosowania do rozwiazania przykładowego problemu.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U08, K_U09, K_U05</w:t>
+        <w:t xml:space="preserve">K_U05, K_U07, K_U08, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>