--- v1 (2025-12-26)
+++ v2 (2026-02-28)
@@ -901,51 +901,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt dobrania narzędzi i ich zastosowania do rozwiazania przykładowego problemu.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U15, K_U07</w:t>
+        <w:t xml:space="preserve">K_U07, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>