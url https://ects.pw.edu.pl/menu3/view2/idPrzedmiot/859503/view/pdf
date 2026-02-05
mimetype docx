--- v1 (2026-01-12)
+++ v2 (2026-02-05)
@@ -734,207 +734,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_W04, IM2_W11</w:t>
+        <w:t xml:space="preserve">IM2_W11, IM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma rozszerzoną wiedzę z zakresu fizyki molekularnej, mechaniki materiałów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM2_W02, IM2_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma rozszerzoną wiedzę z zakresu fizyki molekularnej, mechaniki materiałów.</w:t>
+        <w:t xml:space="preserve">Ma rozszerzoną wiedzę w zakresie metodologii projektowania materiałów, projektowania materiału z uwzględnieniem aspektów związanych z docelowym przeznaczeniem materiału, cyklu życia materiału, aspektów ekonomicznych i ekologicznych. Posiada wiedzę z zakresu projektowania materiałów do zastosowań biomedycznych. Posiada wiedzę z zakresu przeprowadzania kontroli jakości materiałów i metod ich wytwarzania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwia</w:t>
+        <w:t xml:space="preserve">Kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_W02, IM2_W04</w:t>
+        <w:t xml:space="preserve">IM2_W08, IM2_W09, IM2_W11, IM2_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>