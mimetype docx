--- v0 (2025-10-25)
+++ v1 (2025-12-24)
@@ -12,768 +12,768 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Name of course: </w:t>
+        <w:t xml:space="preserve">Nazwa przedmiotu: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projektowanie procesów przenoszenia ciepła</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Coordinator of course: </w:t>
+        <w:t xml:space="preserve">Koordynator przedmiotu: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">dr inż. Leszek Rudniak </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Type of course: </w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve">Programme: </w:t>
+        <w:t xml:space="preserve">Status przedmiotu: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obowiązkowy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poziom kształcenia: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Studia I stopnia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Program: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Inzynieria Chemiczna i Procesowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Group of courses: </w:t>
+        <w:t xml:space="preserve">Grupa przedmiotów: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obowiązkowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Code of course: </w:t>
+        <w:t xml:space="preserve">Kod przedmiotu: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IC.IK411</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Nominal semester: </w:t>
+        <w:t xml:space="preserve">Semestr nominalny: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">4 / rok ak. 2018/2019</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Number of ECTS credits: </w:t>
+        <w:t xml:space="preserve">Liczba punktów ECTS: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Number of hours of student’s work to achieve learning outcomes: </w:t>
+        <w:t xml:space="preserve">Liczba godzin pracy studenta związanych z osiągnięciem efektów uczenia się: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1. Godziny kontaktowe z nauczycielem akademickim wynikające z planu studiów 
 2. Godziny kontaktowe z nauczycielem akademickim w ramach konsultacji 
 3. Godziny kontaktowe z nauczycielem akademickim w ramach zaliczeń i egzaminów 
 4. Przygotowanie do zajęć (studiowanie literatury, odrabianie prac domowych itp.) 
 5. Zbieranie informacji, opracowanie wyników 
 6. Przygotowanie sprawozdania, prezentacji, raportu, dyskusji 5 
 7. Nauka samodzielna – przygotowanie do zaliczenia/kolokwium/egzaminu 8 
 Sumaryczne obciążenie studenta pracą 58 godz.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Number of ECTS credits on the course with direct participation of academic teacher: </w:t>
+        <w:t xml:space="preserve">Liczba punktów ECTS na zajęciach wymagających bezpośredniego udziału nauczycieli akademickich: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1,2 ECTS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Language of course: </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Number of ECTS credits on practical activities on the course: </w:t>
+        <w:t xml:space="preserve">Język prowadzenia zajęć: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">polski</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Liczba punktów ECTS, którą student uzyskuje w ramach zajęć o charakterze praktycznym: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">0,8 ECTS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Form of didactic studies and number of hours per semester: </w:t>
+        <w:t xml:space="preserve">Formy zajęć i ich wymiar w semestrze: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2200" w:type="dxa"/>
         <w:gridCol w:w="2200" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="2500" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:left w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:bottom w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:insideH w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:insideV w:val="single" w:sz="0" w:color="FFFFFF"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Lecture: </w:t>
+              <w:t xml:space="preserve">Wykład: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Exercise type of course: </w:t>
+              <w:t xml:space="preserve">Ćwiczenia: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">30h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Laboratory: </w:t>
+              <w:t xml:space="preserve">Laboratorium: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Project type of course: </w:t>
+              <w:t xml:space="preserve">Projekt: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Computer lessons: </w:t>
+              <w:t xml:space="preserve">Lekcje komputerowe: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Preliminary requirements: </w:t>
+        <w:t xml:space="preserve">Wymagania wstępne: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Znajomość matematyki (rachunek różniczkowy i całkowy, równania różniczkowe zwyczajne i cząstkowe), fizyki oraz mechaniki płynów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Limit of students: </w:t>
+        <w:t xml:space="preserve">Limit liczby studentów: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">brak</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Purpose of course: </w:t>
+        <w:t xml:space="preserve">Cel przedmiotu: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1. Zapoznanie studentów z zagadnieniami dotyczącymi podstaw ruchu ciepła w wyniku mechanizmów przewodzenia, konwekcji i promieniowania w ujęciu stacjonarnym i niestacjonarnym. 
 2. Nabycie umiejętności obliczania wymienników ciepła.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Contents of education: </w:t>
+        <w:t xml:space="preserve">Treści kształcenia: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia projektowe
 1. Rozwiązywanie zadań z zakresu: Ruch ciepła, warunki ustalone (przewodzenie: przegroda płaska, cylindryczna i sferyczna; przenikanie ciepła: przegroda płaska, cylindryczna i sferyczna; średnica krytyczna izolacji; wewnętrzne źródła ciepła; powierzchnia ożebrowana). 
 2. Rozwiązywanie zadań z zakresu: Nieustalone przewodzenie ciepła dla różnych wartości liczby Biota; mechanizm konwekcyjny (wymiana ciepła podczas opływu brył o różnej geometrii, obliczanie współczynnika wnikania ciepła). 
 3. Obliczanie wymienników ciepła (podstawowe równania obliczeniowe; średnia różnica temperatur). 
 4. Wykonanie dwóch projektów dotyczących nieustalonego przewodzenia ciepła i doboru ekonomicznej średnicy izolacji rurociągu oraz przenikania ciepła i określenia powierzchni wymiennika ciepła.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Methods of evaluation: </w:t>
+        <w:t xml:space="preserve">Metody oceny: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2 sprawdziany pisemne w trakcie semestru
 2 wykonane samodzielnie projekty w trakcie semestru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Exam: </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Literature: </w:t>
+        <w:t xml:space="preserve">Egzamin: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">tak</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Literatura: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1. T. Hobler, Ruch ciepła i wymienniki, WNT, 1986.
 2. B. Staniszewski, Wymiana ciepła, PWN, 1963.
 3. S. Wiśniewski, Wymiana ciepła, PWN, 1979.
 4. Cz. Strumiłło, Ruch ciepła, podstawy teoretyczne, Łódź, 1980.
 5. J. Ciborowski, Podstawy inżynierii chemicznej, WNT, 1965.
 6. C. Bennett, J. Meyers, Przenoszenie pędu, ciepła i masy, WNT 1967.
 7. J. Holman, Heat transfer, McGraw-Hill, 1972.
 8. W. Gogół, Wymiana ciepła. Tablice i wykresy, WPW, Warszawa, 1984.
 9. R. Domański, P. Furmański, Wymiana ciepła. Przykłady obliczeń z zadaniami, OWPW, Warszawa, 2002.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Website of the course: </w:t>
+        <w:t xml:space="preserve">Witryna www przedmiotu: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">brak</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Notes: </w:t>
+        <w:t xml:space="preserve">Uwagi: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc1"/>
       <w:r>
-        <w:t>Course’s learning outcomes</w:t>
+        <w:t>Efekty przedmiotowe</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
-        <w:t>General academic profile - knowledge</w:t>
+        <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Effect W1: </w:t>
+        <w:t xml:space="preserve">Efekt W1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę przydatną do zrozumienia podstaw fizycznych i chemicznych podstawowych operacji i procesów inżynierii chemicznej i procesowej oraz aparatów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Verification: </w:t>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2 sprawdziany pisemne, 2 projekty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04</w:t>
@@ -783,147 +783,147 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T1A_W02, T1A_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Effect W2: </w:t>
+        <w:t xml:space="preserve">Efekt W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę niezbędną do sporządzania bilansów masy, składnika i energii z uwzględnieniem zjawisk przenoszenia pędu, masy i energii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Verification: </w:t>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2 sprawdziany pisemne, 2 projekty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T1A_W03, T1A_W04, T1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
-        <w:t>General academic profile - skils</w:t>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Effect U2: </w:t>
+        <w:t xml:space="preserve">Efekt U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma umiejętności samokształcenia się.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Verification: </w:t>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2 sprawdziany pisemne, 2 projekty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04</w:t>
@@ -933,147 +933,147 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T1A_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Effect U1: </w:t>
+        <w:t xml:space="preserve">Efekt U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pozyskiwać informacje z literatury, bazy danych oraz innych źródeł; potrafi je interpretować a także wyciągać wnioski i formułować opinie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Verification: </w:t>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2 sprawdziany pisemne, 2 projekty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
-        <w:t>General academic profile - social competences</w:t>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Effect KS1: </w:t>
+        <w:t xml:space="preserve">Efekt KS1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prawidłowo identyfikuje i rozstrzyga dylematy związane z wykorzystaniem zawodu inżyniera.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Verification: </w:t>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2 sprawdziany pisemne, 2 projekty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K03</w:t>