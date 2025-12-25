--- v0 (2025-10-09)
+++ v1 (2025-12-25)
@@ -900,51 +900,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U10, IM2_U18, IM2_U19</w:t>
+        <w:t xml:space="preserve">IM2_U19, IM2_U10, IM2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1066,51 +1066,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OM_K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie społeczną rolę inżyniera oraz wpływ działalności inżynierskiej na rozwój cywilizacyjny. Rozumie znaczenie optymalizacji mikrostruktury materiałów celem uzyskania pożądanych właściwości materiałowych. Ma świadomość znaczenia optymalizacji mikrostruktury i właściwości materiałów w warunkach wyczerpywania surowców mineralnych i energetycznych oraz z punktu widzenia ekonomiki produkcji. Ma jednocześnie poczucie odpowiedzialności za blisko- i dalekosiężne skutki decyzji technicznych na ochronę środowiska i na inne aspekty związane ze zrównoważonym rozwojem gospodarczym, społecznym i cywilizacyjnym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>