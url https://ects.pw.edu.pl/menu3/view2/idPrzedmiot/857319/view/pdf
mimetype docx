--- v1 (2025-12-25)
+++ v2 (2026-02-06)
@@ -750,201 +750,201 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_W05, IM2_W06, IM2_W07</w:t>
+        <w:t xml:space="preserve">IM2_W06, IM2_W07, IM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka OM_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna przykłady optymalizacji mikrostruktury i własciwości nowoczesnych materiałów konstrukcyjnych i zaawansowanych materiałów funkcjonalnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM2_W07, IM2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka OM_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka OM_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna przykłady optymalizacji mikrostruktury i własciwości nowoczesnych materiałów konstrukcyjnych i zaawansowanych materiałów funkcjonalnych.</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać charakterystyki i klasyfikacji mikrostruktur. Umie przeanalizować procesy mikrostrukturalne zachodzące w materiałach pod wpływem warunków zewnętrznych i przyłożonych bodźców. Posiada umiejętność projektowania budowy fazowej i mikrostruktury materiałów celem optymalizacji ich właściwości. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_W07, IM2_W09</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">IM2_U19, IM2_U10, IM2_U18</w:t>
+        <w:t xml:space="preserve">IM2_U10, IM2_U18, IM2_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>