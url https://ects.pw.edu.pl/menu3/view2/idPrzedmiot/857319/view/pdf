--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -750,67 +750,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_W06, IM2_W07, IM2_W05</w:t>
+        <w:t xml:space="preserve">IM2_W05, IM2_W06, IM2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OM_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna przykłady optymalizacji mikrostruktury i własciwości nowoczesnych materiałów konstrukcyjnych i zaawansowanych materiałów funkcjonalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>