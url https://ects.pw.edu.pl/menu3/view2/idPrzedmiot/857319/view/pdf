--- v3 (2026-02-27)
+++ v4 (2026-03-21)
@@ -970,67 +970,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena przygotowanego przez studenta opracowania na podstawie literatury w języku polskim i angielskim</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U01, IM2_U05</w:t>
+        <w:t xml:space="preserve">IM2_U05, IM2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OM_K1: </w:t>
       </w:r>
     </w:p>