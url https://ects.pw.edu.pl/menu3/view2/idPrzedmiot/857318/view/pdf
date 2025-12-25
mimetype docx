--- v0 (2025-10-09)
+++ v1 (2025-12-25)
@@ -752,121 +752,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PFLAB_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę na temat przemian fazowych zachodzących w stopach metali</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdań z ćwiczeń laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM2_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PFLAB_U1: </w:t>
       </w:r>
     </w:p>