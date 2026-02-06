--- v1 (2025-12-25)
+++ v2 (2026-02-06)
@@ -822,51 +822,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PFLAB_U1: </w:t>
       </w:r>
     </w:p>
@@ -956,51 +956,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdań z ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U01, IM2_U05, IM2_U07, IM2_U10, IM2_U12</w:t>
+        <w:t xml:space="preserve">IM2_U10, IM2_U12, IM2_U01, IM2_U05, IM2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>