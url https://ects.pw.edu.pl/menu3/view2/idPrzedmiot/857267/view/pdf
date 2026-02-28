--- v0 (2025-12-26)
+++ v1 (2026-02-28)
@@ -959,67 +959,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U01, IM1_U13, IM1_U14, IM1_U16</w:t>
+        <w:t xml:space="preserve">IM1_U16, IM1_U01, IM1_U13, IM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka INZPSL_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić aspekty ekologiczne zastosowania wybranej technologii inżynierii powierzchni.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1045,51 +1045,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka INZPSL_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie ocenić ekonomiczne aspekty wyboru okreśłonych technologii inżynierii powierzchni stopów metali lekkich </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>