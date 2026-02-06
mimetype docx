--- v0 (2025-12-26)
+++ v1 (2026-02-06)
@@ -759,71 +759,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MECHB_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat podstawowych właściwości mechanicznych biomateriałów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka MECHB_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka MECHB_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat podstawowych właściwości mechanicznych biomateriałów</w:t>
+        <w:t xml:space="preserve">Zna i rozumie aspekty biozgodności materiałów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -842,296 +912,226 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka MECHB_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka MECHB_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna i rozumie aspekty biozgodności materiałów</w:t>
+        <w:t xml:space="preserve">ma wiedzę na temat doboru biomateriałów na wybrane „części zamienne” człowieka</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MECHB_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi charakteryzować strukturę i właściwości biomateriałów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W11</w:t>
+        <w:t xml:space="preserve">IM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MECHB_W4: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MECHB_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma wiedzę na temat doboru biomateriałów na wybrane „części zamienne” człowieka</w:t>
+        <w:t xml:space="preserve">Potrafi dobierać wstępnie biomateriały na wybrane implanty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
-      </w:r>
-[...148 lines deleted...]
-        <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>