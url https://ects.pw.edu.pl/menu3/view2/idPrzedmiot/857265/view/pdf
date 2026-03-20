--- v2 (2026-02-28)
+++ v3 (2026-03-20)
@@ -829,51 +829,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MECHB_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie aspekty biozgodności materiałów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -999,50 +999,120 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MECHB_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dobierać wstępnie biomateriały na wybrane implanty</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MECHB_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Potrafi charakteryzować strukturę i właściwości biomateriałów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -1062,258 +1132,188 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka MECHB_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka MECHB_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dobierać wstępnie biomateriały na wybrane implanty</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić biozgodność materiałów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MECHB_U2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MECHB_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi ocenić biozgodność materiałów</w:t>
+        <w:t xml:space="preserve">Ma świadomość znaczenia innowacyjnych technologii w zakresie wytwarzania materiałów, jak też tworzenia materiałów o nowych właściwościach  - w budowaniu przewagi konkurencyjnej polskiej gospodarki, świata nauki, polepszenia jakości życia społeczeństwa. Rozumie potrzebę przekazywania informacji o dokonanych odkryciach, osiągniętych rezultatach społeczeństwu, światu nauki, dokonywania transferu wiedzy i technologii do przemysłu, z uwzględnieniem zasad ochrony własności intelektualnej. Rozumie potrzebę uczenia się przez całe życie, problem szybkiej dezaktualizacji wiedzy. Ma świadomość skutków niewłaściwie podejmowanych decyzji na środowisko, przetrwanie firm na rynku. Rozumie problemy związane z wykonywaniem swojego zawodu, potrafi wyznaczyć sobie priorytety w realizacji postawionego celu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve">Ocena zaangażowania studenta w dyskusji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U13</w:t>
+        <w:t xml:space="preserve">IM1_K05, IM1_K07, IM1_K01, IM1_K02, IM1_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">