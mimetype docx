--- v0 (2025-12-26)
+++ v1 (2026-02-05)
@@ -818,67 +818,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena prezentacji referatu, aktywności na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U02, IM1_U03, IM1_U04, IM1_U05, IM1_U07, IM1_U09, IM1_U13, IM1_U01</w:t>
+        <w:t xml:space="preserve">IM1_U01, IM1_U02, IM1_U03, IM1_U04, IM1_U05, IM1_U07, IM1_U09, IM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UU, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MNMN_K1: </w:t>
       </w:r>
     </w:p>
@@ -898,67 +898,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja i ocena umiejętności studenta w trakcie zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_K01, IM1_K04, IM1_K05</w:t>
+        <w:t xml:space="preserve">IM1_K05, IM1_K01, IM1_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KK, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MNMN_K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma świadomość ważnej roli podnoszenia świadomości społeczeństwa w zakresie: 1) przyczyn zachodzenia mechanizmów niszczenia urządzeń, konstrukcji, 2) istotności poprawnego doboru materiałów wobec stawianym urządzeniom, konstrukcjom wymagań, aby uniknąć w przyszłości ryzyka zajścia awarii, katastrof, 3) istotności podejmowania systematycznych działań mających na celu diagnozowanie zachodzenia mechanizmu niszczenia materią łow np. wskutek ich eksploatacji. Ma świadomość konieczności szukania rozwiązań w zakresie opracowania nowych metod umożliwiających nieinwazyjne badanie zachodzenia mechanizmów niszczenia materiałów, rozwijania swojej wiedzy i umiejętności. Ma świadomość konsekwencji źle podjętych decyzji odnośnie doboru materiałów, niewłaściwych jego warunków przetwarzania, eksploatacji - na szeroko rozumiane otoczenie (środowisko naturalne, byt przedsiębiorstwa, życie ludzi itd.)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>