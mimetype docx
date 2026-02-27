--- v1 (2026-02-05)
+++ v2 (2026-02-27)
@@ -898,67 +898,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja i ocena umiejętności studenta w trakcie zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_K05, IM1_K01, IM1_K04</w:t>
+        <w:t xml:space="preserve">IM1_K01, IM1_K04, IM1_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KK, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KK, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MNMN_K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma świadomość ważnej roli podnoszenia świadomości społeczeństwa w zakresie: 1) przyczyn zachodzenia mechanizmów niszczenia urządzeń, konstrukcji, 2) istotności poprawnego doboru materiałów wobec stawianym urządzeniom, konstrukcjom wymagań, aby uniknąć w przyszłości ryzyka zajścia awarii, katastrof, 3) istotności podejmowania systematycznych działań mających na celu diagnozowanie zachodzenia mechanizmu niszczenia materią łow np. wskutek ich eksploatacji. Ma świadomość konieczności szukania rozwiązań w zakresie opracowania nowych metod umożliwiających nieinwazyjne badanie zachodzenia mechanizmów niszczenia materiałów, rozwijania swojej wiedzy i umiejętności. Ma świadomość konsekwencji źle podjętych decyzji odnośnie doboru materiałów, niewłaściwych jego warunków przetwarzania, eksploatacji - na szeroko rozumiane otoczenie (środowisko naturalne, byt przedsiębiorstwa, życie ludzi itd.)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>