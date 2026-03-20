--- v2 (2026-02-27)
+++ v3 (2026-03-20)
@@ -818,67 +818,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena prezentacji referatu, aktywności na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U01, IM1_U02, IM1_U03, IM1_U04, IM1_U05, IM1_U07, IM1_U09, IM1_U13</w:t>
+        <w:t xml:space="preserve">IM1_U07, IM1_U09, IM1_U13, IM1_U01, IM1_U02, IM1_U03, IM1_U04, IM1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o, III.P6S_UW.3.o, I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MNMN_K1: </w:t>
       </w:r>
     </w:p>
@@ -914,51 +914,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_K01, IM1_K04, IM1_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KK, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KO, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MNMN_K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma świadomość ważnej roli podnoszenia świadomości społeczeństwa w zakresie: 1) przyczyn zachodzenia mechanizmów niszczenia urządzeń, konstrukcji, 2) istotności poprawnego doboru materiałów wobec stawianym urządzeniom, konstrukcjom wymagań, aby uniknąć w przyszłości ryzyka zajścia awarii, katastrof, 3) istotności podejmowania systematycznych działań mających na celu diagnozowanie zachodzenia mechanizmu niszczenia materią łow np. wskutek ich eksploatacji. Ma świadomość konieczności szukania rozwiązań w zakresie opracowania nowych metod umożliwiających nieinwazyjne badanie zachodzenia mechanizmów niszczenia materiałów, rozwijania swojej wiedzy i umiejętności. Ma świadomość konsekwencji źle podjętych decyzji odnośnie doboru materiałów, niewłaściwych jego warunków przetwarzania, eksploatacji - na szeroko rozumiane otoczenie (środowisko naturalne, byt przedsiębiorstwa, życie ludzi itd.)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>