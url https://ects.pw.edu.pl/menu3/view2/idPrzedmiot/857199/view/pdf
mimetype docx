--- v0 (2025-12-26)
+++ v1 (2026-02-04)
@@ -1018,51 +1018,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena prezentacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W05, IM1_W08, IM1_W11, IM1_W12, IM1_W13, IM1_W04</w:t>
+        <w:t xml:space="preserve">IM1_W04, IM1_W05, IM1_W08, IM1_W11, IM1_W12, IM1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1168,67 +1168,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium w trakcie ćwiczeń, sprawozdanie z realizacji ćwiczeń, ocena aktywności w trakcie realizacji ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U08, IM1_U09, IM1_U11, IM1_U01, IM1_U05, IM1_U07</w:t>
+        <w:t xml:space="preserve">IM1_U07, IM1_U08, IM1_U09, IM1_U11, IM1_U01, IM1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.4.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MPiIPL_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić proste procesy otrzymywania polimerów. Na podstawie posiadanej wiedzy i analizy fachowej literatury umie opracować i prawidłowo zinterpretować otrzymane wyniki, wyciągnąć wnioski z przeprowadzonych badań. Przy opracowaniu projektów korzysta z technik informacyjno-komunikacyjnych. W trakcie pracy w laboratorium stosuje zasady bezpieczeństwa i higieny pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1324,51 +1324,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U13, IM1_U14, IM1_U15, IM1_U01, IM1_U05, IM1_U07, IM1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.1.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.4.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MPiIPL_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi przygotować rozwiązać - w formie wygłaszanego referatu – zadanie związane z doborem materiału polimerowego do zastosowania przy produkcji danego wyrobu, z uwzględnieniem aspektów ekonomicznych i środowiskowych. Student umie wskazać technologie wytwarzania i przetwarzania materiałów w celu osiągnięcia wymaganych własności. Przy przygotowywaniu referatu wykorzystuje technologie informacyjno-komunikacyjne. Potrafi zaprezentować przygotowany referat na forum, prowadzić dyskusję z uczestnikami. Rozwija swoją wiedzę na podstawie przeprowadzonych badań fachowej literatury.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1394,51 +1394,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U14, IM1_U15, IM1_U01, IM1_U02, IM1_U04, IM1_U05, IM1_U07, IM1_U10, IM1_U12, IM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, I.P6S_UK, I.P6S_UU, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.1.o, III.P6S_UW.3.o, I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MPiIPL_K1: </w:t>
       </w:r>
     </w:p>