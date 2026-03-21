--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -808,51 +808,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium w trakcie ćwiczeń, sprawozdanie z realizacji ćwiczeń, ocena aktywności w trakcie realizacji ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W04, IM1_W05, IM1_W08</w:t>
+        <w:t xml:space="preserve">IM1_W05, IM1_W08, IM1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1034,51 +1034,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_W04, IM1_W05, IM1_W08, IM1_W11, IM1_W12, IM1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MPiIPL_U1: </w:t>
       </w:r>
     </w:p>
@@ -1098,347 +1098,347 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium w trakcie ćwiczeń, sprawozdanie z realizacji ćwiczeń, ocena aktywności w trakcie realizacji ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IM1_U07, IM1_U08, IM1_U09, IM1_U11, IM1_U01, IM1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.4.o, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MPiIPL_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafii analizować wpływ różnych czynników na właściwości materiałów polimerowych. Na podstawie posiadanej wiedzy i analizy fachowej literatury umie opracować i prawidłowo zinterpretować otrzymane wyniki, wyciągnąć wnioski z przeprowadzonych badań. Przy opracowaniu projektów korzysta z technik informacyjno-komunikacyjnych. W trakcie pracy w laboratorium stosuje zasady bezpieczeństwa i higieny pracy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium w trakcie ćwiczeń, sprawozdanie z realizacji ćwiczeń, ocena aktywności w trakcie realizacji ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IM1_U01, IM1_U05, IM1_U07, IM1_U08, IM1_U09, IM1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka MPiIPL_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka MPiIPL_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafii analizować wpływ różnych czynników na właściwości materiałów polimerowych. Na podstawie posiadanej wiedzy i analizy fachowej literatury umie opracować i prawidłowo zinterpretować otrzymane wyniki, wyciągnąć wnioski z przeprowadzonych badań. Przy opracowaniu projektów korzysta z technik informacyjno-komunikacyjnych. W trakcie pracy w laboratorium stosuje zasady bezpieczeństwa i higieny pracy.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić proste procesy otrzymywania polimerów. Na podstawie posiadanej wiedzy i analizy fachowej literatury umie opracować i prawidłowo zinterpretować otrzymane wyniki, wyciągnąć wnioski z przeprowadzonych badań. Przy opracowaniu projektów korzysta z technik informacyjno-komunikacyjnych. W trakcie pracy w laboratorium stosuje zasady bezpieczeństwa i higieny pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium w trakcie ćwiczeń, sprawozdanie z realizacji ćwiczeń, ocena aktywności w trakcie realizacji ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U07, IM1_U08, IM1_U09, IM1_U11, IM1_U01, IM1_U05</w:t>
+        <w:t xml:space="preserve">IM1_U07, IM1_U09, IM1_U11, IM1_U01, IM1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.4.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka MPiIPL_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka MPiIPL_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić proste procesy otrzymywania polimerów. Na podstawie posiadanej wiedzy i analizy fachowej literatury umie opracować i prawidłowo zinterpretować otrzymane wyniki, wyciągnąć wnioski z przeprowadzonych badań. Przy opracowaniu projektów korzysta z technik informacyjno-komunikacyjnych. W trakcie pracy w laboratorium stosuje zasady bezpieczeństwa i higieny pracy.</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać metodę przetwarzania materiałów polimerowych. Na podstawie posiadanej wiedzy i analizy fachowej literatury umie opracować i prawidłowo zinterpretować otrzymane wyniki, wyciągnąć wnioski z przeprowadzonych badań. Przy opracowaniu projektów korzysta z technik informacyjno-komunikacyjnych. W trakcie pracy w laboratorium stosuje zasady bezpieczeństwa i higieny pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium w trakcie ćwiczeń, sprawozdanie z realizacji ćwiczeń, ocena aktywności w trakcie realizacji ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U01, IM1_U05, IM1_U07, IM1_U09, IM1_U11</w:t>
+        <w:t xml:space="preserve">IM1_U01, IM1_U05, IM1_U07, IM1_U11, IM1_U13, IM1_U14, IM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MPiIPL_U4: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MPiIPL_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dobrać metodę przetwarzania materiałów polimerowych. Na podstawie posiadanej wiedzy i analizy fachowej literatury umie opracować i prawidłowo zinterpretować otrzymane wyniki, wyciągnąć wnioski z przeprowadzonych badań. Przy opracowaniu projektów korzysta z technik informacyjno-komunikacyjnych. W trakcie pracy w laboratorium stosuje zasady bezpieczeństwa i higieny pracy.</w:t>
+        <w:t xml:space="preserve">Student potrafi przygotować rozwiązać - w formie wygłaszanego referatu – zadanie związane z doborem materiału polimerowego do zastosowania przy produkcji danego wyrobu, z uwzględnieniem aspektów ekonomicznych i środowiskowych. Student umie wskazać technologie wytwarzania i przetwarzania materiałów w celu osiągnięcia wymaganych własności. Przy przygotowywaniu referatu wykorzystuje technologie informacyjno-komunikacyjne. Potrafi zaprezentować przygotowany referat na forum, prowadzić dyskusję z uczestnikami. Rozwija swoją wiedzę na podstawie przeprowadzonych badań fachowej literatury.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium w trakcie ćwiczeń, sprawozdanie z realizacji ćwiczeń, ocena aktywności w trakcie realizacji ćwiczeń</w:t>
+        <w:t xml:space="preserve">Ocena prezentacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U13, IM1_U14, IM1_U15, IM1_U01, IM1_U05, IM1_U07, IM1_U11</w:t>
+        <w:t xml:space="preserve">IM1_U07, IM1_U10, IM1_U12, IM1_U13, IM1_U14, IM1_U15, IM1_U01, IM1_U02, IM1_U04, IM1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.4.o, I.P6S_UU</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.1.o, III.P6S_UW.3.o, I.P6S_UK, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MPiIPL_K1: </w:t>
       </w:r>
     </w:p>