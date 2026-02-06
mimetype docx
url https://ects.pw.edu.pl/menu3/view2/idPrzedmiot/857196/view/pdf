--- v0 (2025-12-26)
+++ v1 (2026-02-06)
@@ -875,67 +875,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W06, IM1_W12</w:t>
+        <w:t xml:space="preserve">IM1_W12, IM1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TW3_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna aspekty technologiczne procesów odlewniczych, spawalniczych i obróbki ubytkowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>