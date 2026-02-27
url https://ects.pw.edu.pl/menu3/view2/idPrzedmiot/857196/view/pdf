--- v1 (2026-02-06)
+++ v2 (2026-02-27)
@@ -875,67 +875,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W12, IM1_W06</w:t>
+        <w:t xml:space="preserve">IM1_W06, IM1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TW3_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna aspekty technologiczne procesów odlewniczych, spawalniczych i obróbki ubytkowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1041,51 +1041,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TW2_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zastosować komputerowe wspomaganie wytwarzania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>