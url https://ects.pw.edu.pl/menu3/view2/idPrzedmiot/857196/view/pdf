--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -821,271 +821,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka TW2_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wpływ technologii wytwarzania na ochronę środowiska i możliwości recyklingu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_W06, IM1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka TW2_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka TW3_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna wpływ technologii wytwarzania na ochronę środowiska i możliwości recyklingu</w:t>
+        <w:t xml:space="preserve">Zna aspekty technologiczne procesów odlewniczych, spawalniczych i obróbki ubytkowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W06, IM1_W12</w:t>
+        <w:t xml:space="preserve">IM1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka TW3_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka TW2_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna aspekty technologiczne procesów odlewniczych, spawalniczych i obróbki ubytkowej</w:t>
+        <w:t xml:space="preserve">Potrafi dokonac wyboru techniki wytwarzania do określonej grupy wyrobów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W04</w:t>
+        <w:t xml:space="preserve">IM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TW2_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zastosować komputerowe wspomaganie wytwarzania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>