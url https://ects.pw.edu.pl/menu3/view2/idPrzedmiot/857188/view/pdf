--- v0 (2025-12-26)
+++ v1 (2026-02-08)
@@ -1030,67 +1030,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia w trakcie semestru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U14, IM1_U13</w:t>
+        <w:t xml:space="preserve">IM1_U13, IM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IP_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeanalizować informacje z literatury, baz danych oraz innych właściwie dobranych źródeł, także w języku angielskim lub innym języku obcym w zakresie inżynierii powierzchni</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1100,67 +1100,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia w trakcie semestru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U01, IM1_U05</w:t>
+        <w:t xml:space="preserve">IM1_U05, IM1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IP_K1: </w:t>
       </w:r>
     </w:p>