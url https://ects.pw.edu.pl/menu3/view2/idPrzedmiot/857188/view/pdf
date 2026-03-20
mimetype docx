--- v1 (2026-02-08)
+++ v2 (2026-03-20)
@@ -810,167 +810,237 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia w trakcie semestru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W10, IM1_W11</w:t>
+        <w:t xml:space="preserve">IM1_W11, IM1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka IP_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę z zakresu zależności między mikrostrukturą, składem fazowym, i chemicznym, stanem naprężeń własnych wytworzonych warstw powierzchniowych, a ich właściwościami użytkowymi, m.in. odpornością na zużycie przez tarcie, korozją, twardością, wytrzymałością zmęczeniową</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa kolokwia w trakcie semestru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_W05, IM1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka IP_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka IP_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę z zakresu zależności między mikrostrukturą, składem fazowym, i chemicznym, stanem naprężeń własnych wytworzonych warstw powierzchniowych, a ich właściwościami użytkowymi, m.in. odpornością na zużycie przez tarcie, korozją, twardością, wytrzymałością zmęczeniową</w:t>
+        <w:t xml:space="preserve">Umie rozwiązać proste zadania inżynierskie doboru materiałów na konkretne wyroby w zależności od warunków eksploatacyjnych ich użytkowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia w trakcie semestru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W05, IM1_W10</w:t>
+        <w:t xml:space="preserve">IM1_U13, IM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka IP_U1: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka IP_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie rozwiązać proste zadania inżynierskie doboru materiałów na konkretne wyroby w zależności od warunków eksploatacyjnych ich użytkowania</w:t>
+        <w:t xml:space="preserve">Potrafi wybrać odpowiednią technologię, rodzaj warstwy powierzchniowej zabezpieczającej materiały metaliczne przed korozją, czy też poprawiającej ich właściwości mechaniczne i odporność na zużycie przez tarcie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia w trakcie semestru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -989,178 +1059,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka IP_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka IP_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wybrać odpowiednią technologię, rodzaj warstwy powierzchniowej zabezpieczającej materiały metaliczne przed korozją, czy też poprawiającej ich właściwości mechaniczne i odporność na zużycie przez tarcie</w:t>
+        <w:t xml:space="preserve">Potrafi przeanalizować informacje z literatury, baz danych oraz innych właściwie dobranych źródeł, także w języku angielskim lub innym języku obcym w zakresie inżynierii powierzchni</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia w trakcie semestru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U13, IM1_U14</w:t>
+        <w:t xml:space="preserve">IM1_U01, IM1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IP_K1: </w:t>
       </w:r>
     </w:p>