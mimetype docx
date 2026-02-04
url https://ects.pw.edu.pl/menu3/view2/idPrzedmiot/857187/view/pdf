--- v0 (2025-12-26)
+++ v1 (2026-02-04)
@@ -755,567 +755,567 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia na ćwiczeniach audytoryjnych. Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych. Końcowe kolokwium zaliczeniowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W13, IM1_W05, IM1_W06, IM1_W07, IM1_W08, IM1_W09</w:t>
+        <w:t xml:space="preserve">IM1_W05, IM1_W06, IM1_W07, IM1_W08, IM1_W09, IM1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka DMPI_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna klasyfikację materiałów konstrukcyjnych według ich struktury oraz klasyfikację właściwości materiałów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych. Końcowe kolokwium zaliczeniowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_W06, IM1_W07, IM1_W08, IM1_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka DMPI_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna procedury i kryteria doboru materiałów w kolejnych etapach projektowania inżynierskiego, na podstawie właściwości fizycznych, mechanicznych oraz kryteriów technologicznych i eksploatacyjnych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia na ćwiczeniach audytoryjnych. Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych. Końcowe kolokwium zaliczeniowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_W07, IM1_W08, IM1_W09, IM1_W05, IM1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka DMPI_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka DMPI_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna klasyfikację materiałów konstrukcyjnych według ich struktury oraz klasyfikację właściwości materiałów</w:t>
+        <w:t xml:space="preserve">Zna zasady doboru materiałów na konstrukcje inżynierskie na podstawie kryteriów ekonomicznych i ekologicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych. Końcowe kolokwium zaliczeniowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W06, IM1_W07, IM1_W08, IM1_W09</w:t>
+        <w:t xml:space="preserve">IM1_W06, IM1_W07, IM1_W08, IM1_W09, IM1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka DMPI_W3: </w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka DMPI_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna procedury i kryteria doboru materiałów w kolejnych etapach projektowania inżynierskiego, na podstawie właściwości fizycznych, mechanicznych oraz kryteriów technologicznych i eksploatacyjnych. </w:t>
+        <w:t xml:space="preserve">Potrafi korzystać z materiałowych baz danych w języku polskim i angielskim. Na podstawie posiadanej wiedzy i analizy fachowej literatury student rozwija poprzez pracę własną swoje umiejętności i wiedzę z zakresu zagadnień związanych z doborem materiałów przy projektowaniu konstrukcji mechanicznych. Student umie opracować i prawidłowo zinterpretować otrzymane wyniki. Przy rozwiązywaniu problemu  korzysta z technik informacyjno-komunikacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U01, IM1_U05, IM1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka DMPI_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi sformułować problem doboru materiałów do określonego elementu konstrukcyjnego oraz przeprowadzić procedurę doboru. Potrafi określić podstawowe ograniczenia projektowe, ustalić kryteria maksymalizujące funkcjonalność, określić zmienne swobodne, obliczyć funkcje celu i wyodrębnić wskaźniki funkcjonalności. Potrafi w oparciu o obliczone wskaźniki funkcjonalności określić najbadziej optymalne materiały do zastosowania w danej konstrukcji. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwia na ćwiczeniach audytoryjnych. Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych. Końcowe kolokwium zaliczeniowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W05, IM1_W06, IM1_W07, IM1_W08, IM1_W09</w:t>
+        <w:t xml:space="preserve">IM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka DMPI_W4: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka DMPI_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady doboru materiałów na konstrukcje inżynierskie na podstawie kryteriów ekonomicznych i ekologicznych</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać doboru materiałów w oparciu o kryteria technologiczne i eksploatacyjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka DMPI_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać doboru materiałów w oparciu o kryteria ekonomiczne i środowiskowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych. Końcowe kolokwium zaliczeniowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W06, IM1_W07, IM1_W08, IM1_W09, IM1_W14</w:t>
+        <w:t xml:space="preserve">IM1_U10, IM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o, I.P6S_WK</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka DMPI_KS1: </w:t>
       </w:r>
     </w:p>