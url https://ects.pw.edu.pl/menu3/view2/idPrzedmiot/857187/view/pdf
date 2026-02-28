--- v1 (2026-02-04)
+++ v2 (2026-02-28)
@@ -755,717 +755,717 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia na ćwiczeniach audytoryjnych. Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych. Końcowe kolokwium zaliczeniowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W05, IM1_W06, IM1_W07, IM1_W08, IM1_W09, IM1_W13</w:t>
+        <w:t xml:space="preserve">IM1_W08, IM1_W09, IM1_W13, IM1_W05, IM1_W06, IM1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka DMPI_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna klasyfikację materiałów konstrukcyjnych według ich struktury oraz klasyfikację właściwości materiałów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych. Końcowe kolokwium zaliczeniowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_W06, IM1_W07, IM1_W08, IM1_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka DMPI_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka DMPI_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna klasyfikację materiałów konstrukcyjnych według ich struktury oraz klasyfikację właściwości materiałów</w:t>
+        <w:t xml:space="preserve">Zna procedury i kryteria doboru materiałów w kolejnych etapach projektowania inżynierskiego, na podstawie właściwości fizycznych, mechanicznych oraz kryteriów technologicznych i eksploatacyjnych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia na ćwiczeniach audytoryjnych. Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych. Końcowe kolokwium zaliczeniowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_W05, IM1_W06, IM1_W07, IM1_W08, IM1_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka DMPI_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady doboru materiałów na konstrukcje inżynierskie na podstawie kryteriów ekonomicznych i ekologicznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych. Końcowe kolokwium zaliczeniowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W06, IM1_W07, IM1_W08, IM1_W09</w:t>
+        <w:t xml:space="preserve">IM1_W08, IM1_W09, IM1_W14, IM1_W06, IM1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka DMPI_W3: </w:t>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka DMPI_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna procedury i kryteria doboru materiałów w kolejnych etapach projektowania inżynierskiego, na podstawie właściwości fizycznych, mechanicznych oraz kryteriów technologicznych i eksploatacyjnych. </w:t>
+        <w:t xml:space="preserve">Potrafi korzystać z materiałowych baz danych w języku polskim i angielskim. Na podstawie posiadanej wiedzy i analizy fachowej literatury student rozwija poprzez pracę własną swoje umiejętności i wiedzę z zakresu zagadnień związanych z doborem materiałów przy projektowaniu konstrukcji mechanicznych. Student umie opracować i prawidłowo zinterpretować otrzymane wyniki. Przy rozwiązywaniu problemu  korzysta z technik informacyjno-komunikacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U01, IM1_U05, IM1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka DMPI_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi sformułować problem doboru materiałów do określonego elementu konstrukcyjnego oraz przeprowadzić procedurę doboru. Potrafi określić podstawowe ograniczenia projektowe, ustalić kryteria maksymalizujące funkcjonalność, określić zmienne swobodne, obliczyć funkcje celu i wyodrębnić wskaźniki funkcjonalności. Potrafi w oparciu o obliczone wskaźniki funkcjonalności określić najbadziej optymalne materiały do zastosowania w danej konstrukcji. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwia na ćwiczeniach audytoryjnych. Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych. Końcowe kolokwium zaliczeniowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W07, IM1_W08, IM1_W09, IM1_W05, IM1_W06</w:t>
+        <w:t xml:space="preserve">IM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka DMPI_W4: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka DMPI_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady doboru materiałów na konstrukcje inżynierskie na podstawie kryteriów ekonomicznych i ekologicznych</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać doboru materiałów w oparciu o kryteria technologiczne i eksploatacyjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka DMPI_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać doboru materiałów w oparciu o kryteria ekonomiczne i środowiskowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych. Końcowe kolokwium zaliczeniowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W06, IM1_W07, IM1_W08, IM1_W09, IM1_W14</w:t>
+        <w:t xml:space="preserve">IM1_U10, IM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka DMPI_U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka DMPI_KS1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi korzystać z materiałowych baz danych w języku polskim i angielskim. Na podstawie posiadanej wiedzy i analizy fachowej literatury student rozwija poprzez pracę własną swoje umiejętności i wiedzę z zakresu zagadnień związanych z doborem materiałów przy projektowaniu konstrukcji mechanicznych. Student umie opracować i prawidłowo zinterpretować otrzymane wyniki. Przy rozwiązywaniu problemu  korzysta z technik informacyjno-komunikacyjnych.</w:t>
+        <w:t xml:space="preserve">Rozumie potrzebę ustawicznego kształcenia i pogłębiania wiedzy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych.</w:t>
+        <w:t xml:space="preserve">Obserwacja studenta na zajeciach laboratoryjno-projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U01, IM1_U05, IM1_U07</w:t>
+        <w:t xml:space="preserve">IM1_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka DMPI_U2: </w:t>
+        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka DMPI_KS2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi sformułować problem doboru materiałów do określonego elementu konstrukcyjnego oraz przeprowadzić procedurę doboru. Potrafi określić podstawowe ograniczenia projektowe, ustalić kryteria maksymalizujące funkcjonalność, określić zmienne swobodne, obliczyć funkcje celu i wyodrębnić wskaźniki funkcjonalności. Potrafi w oparciu o obliczone wskaźniki funkcjonalności określić najbadziej optymalne materiały do zastosowania w danej konstrukcji. </w:t>
+        <w:t xml:space="preserve">Rozumie społeczną rolę inżyniera oraz wpływ działalności inżynierskiej na środowisko naturalne i rozwój cywilizacyjny. Rozumie konieczność projektowania inżynierskiego przy zapewnieniu bezpieczeństwa konstrukcji, celem ochrony zdrowia, życia i środowiska naturalnego. Ma świadomość znaczenia doboru materiałów w warunkach wyczerpywania surowców mineralnych i energetycznych. Ma jednocześnie poczucie odpowiedzialności za blisko- i dalekosiężne skutki decyzji technicznych na ochronę środowiska i na inne aspekty zwiazane ze zrównoważonym rozwojem gospodarczym, społecznym i cywilizacyjnym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia na ćwiczeniach audytoryjnych. Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych. Końcowe kolokwium zaliczeniowe.</w:t>
+        <w:t xml:space="preserve">Dyskusja ze studentami na zajeciach audytoryjnych i laboratoryjno-projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U14</w:t>
+        <w:t xml:space="preserve">IM1_K07, IM1_K02, IM1_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka DMPI_KS3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pracować w zespole i rozwiązywać problemy w grupie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>