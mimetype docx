--- v2 (2026-02-28)
+++ v3 (2026-03-20)
@@ -755,717 +755,717 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia na ćwiczeniach audytoryjnych. Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych. Końcowe kolokwium zaliczeniowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W08, IM1_W09, IM1_W13, IM1_W05, IM1_W06, IM1_W07</w:t>
+        <w:t xml:space="preserve">IM1_W05, IM1_W06, IM1_W07, IM1_W08, IM1_W09, IM1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka DMPI_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna klasyfikację materiałów konstrukcyjnych według ich struktury oraz klasyfikację właściwości materiałów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych. Końcowe kolokwium zaliczeniowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_W09, IM1_W06, IM1_W07, IM1_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka DMPI_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka DMPI_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna klasyfikację materiałów konstrukcyjnych według ich struktury oraz klasyfikację właściwości materiałów</w:t>
+        <w:t xml:space="preserve">Zna procedury i kryteria doboru materiałów w kolejnych etapach projektowania inżynierskiego, na podstawie właściwości fizycznych, mechanicznych oraz kryteriów technologicznych i eksploatacyjnych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia na ćwiczeniach audytoryjnych. Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych. Końcowe kolokwium zaliczeniowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_W05, IM1_W06, IM1_W07, IM1_W08, IM1_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka DMPI_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady doboru materiałów na konstrukcje inżynierskie na podstawie kryteriów ekonomicznych i ekologicznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych. Końcowe kolokwium zaliczeniowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W06, IM1_W07, IM1_W08, IM1_W09</w:t>
+        <w:t xml:space="preserve">IM1_W06, IM1_W07, IM1_W08, IM1_W09, IM1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka DMPI_W3: </w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka DMPI_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna procedury i kryteria doboru materiałów w kolejnych etapach projektowania inżynierskiego, na podstawie właściwości fizycznych, mechanicznych oraz kryteriów technologicznych i eksploatacyjnych. </w:t>
+        <w:t xml:space="preserve">Potrafi korzystać z materiałowych baz danych w języku polskim i angielskim. Na podstawie posiadanej wiedzy i analizy fachowej literatury student rozwija poprzez pracę własną swoje umiejętności i wiedzę z zakresu zagadnień związanych z doborem materiałów przy projektowaniu konstrukcji mechanicznych. Student umie opracować i prawidłowo zinterpretować otrzymane wyniki. Przy rozwiązywaniu problemu  korzysta z technik informacyjno-komunikacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U01, IM1_U05, IM1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka DMPI_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi sformułować problem doboru materiałów do określonego elementu konstrukcyjnego oraz przeprowadzić procedurę doboru. Potrafi określić podstawowe ograniczenia projektowe, ustalić kryteria maksymalizujące funkcjonalność, określić zmienne swobodne, obliczyć funkcje celu i wyodrębnić wskaźniki funkcjonalności. Potrafi w oparciu o obliczone wskaźniki funkcjonalności określić najbadziej optymalne materiały do zastosowania w danej konstrukcji. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwia na ćwiczeniach audytoryjnych. Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych. Końcowe kolokwium zaliczeniowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W05, IM1_W06, IM1_W07, IM1_W08, IM1_W09</w:t>
+        <w:t xml:space="preserve">IM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka DMPI_W4: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka DMPI_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady doboru materiałów na konstrukcje inżynierskie na podstawie kryteriów ekonomicznych i ekologicznych</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać doboru materiałów w oparciu o kryteria technologiczne i eksploatacyjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka DMPI_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać doboru materiałów w oparciu o kryteria ekonomiczne i środowiskowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych. Końcowe kolokwium zaliczeniowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W08, IM1_W09, IM1_W14, IM1_W06, IM1_W07</w:t>
+        <w:t xml:space="preserve">IM1_U10, IM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka DMPI_U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka DMPI_KS1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi korzystać z materiałowych baz danych w języku polskim i angielskim. Na podstawie posiadanej wiedzy i analizy fachowej literatury student rozwija poprzez pracę własną swoje umiejętności i wiedzę z zakresu zagadnień związanych z doborem materiałów przy projektowaniu konstrukcji mechanicznych. Student umie opracować i prawidłowo zinterpretować otrzymane wyniki. Przy rozwiązywaniu problemu  korzysta z technik informacyjno-komunikacyjnych.</w:t>
+        <w:t xml:space="preserve">Rozumie potrzebę ustawicznego kształcenia i pogłębiania wiedzy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych.</w:t>
+        <w:t xml:space="preserve">Obserwacja studenta na zajeciach laboratoryjno-projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U01, IM1_U05, IM1_U07</w:t>
+        <w:t xml:space="preserve">IM1_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka DMPI_U2: </w:t>
+        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka DMPI_KS2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi sformułować problem doboru materiałów do określonego elementu konstrukcyjnego oraz przeprowadzić procedurę doboru. Potrafi określić podstawowe ograniczenia projektowe, ustalić kryteria maksymalizujące funkcjonalność, określić zmienne swobodne, obliczyć funkcje celu i wyodrębnić wskaźniki funkcjonalności. Potrafi w oparciu o obliczone wskaźniki funkcjonalności określić najbadziej optymalne materiały do zastosowania w danej konstrukcji. </w:t>
+        <w:t xml:space="preserve">Rozumie społeczną rolę inżyniera oraz wpływ działalności inżynierskiej na środowisko naturalne i rozwój cywilizacyjny. Rozumie konieczność projektowania inżynierskiego przy zapewnieniu bezpieczeństwa konstrukcji, celem ochrony zdrowia, życia i środowiska naturalnego. Ma świadomość znaczenia doboru materiałów w warunkach wyczerpywania surowców mineralnych i energetycznych. Ma jednocześnie poczucie odpowiedzialności za blisko- i dalekosiężne skutki decyzji technicznych na ochronę środowiska i na inne aspekty zwiazane ze zrównoważonym rozwojem gospodarczym, społecznym i cywilizacyjnym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia na ćwiczeniach audytoryjnych. Ocena sprawozdań z ćwiczeń laboratoryjno-projektowych. Końcowe kolokwium zaliczeniowe.</w:t>
+        <w:t xml:space="preserve">Dyskusja ze studentami na zajeciach audytoryjnych i laboratoryjno-projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U14</w:t>
+        <w:t xml:space="preserve">IM1_K02, IM1_K05, IM1_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka DMPI_KS3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pracować w zespole i rozwiązywać problemy w grupie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>