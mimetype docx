--- v0 (2025-12-26)
+++ v1 (2026-02-06)
@@ -1096,137 +1096,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania z ćwiczenia laboratoryjnego, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U01, IM1_U05, IM1_U08, IM1_U09</w:t>
+        <w:t xml:space="preserve">IM1_U08, IM1_U09, IM1_U01, IM1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MBM_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie dokonać pomiarów wybranych właściwości fizycznych materiałów. Na podstawie posiadanej wiedzy i analizy fachowej literatury umie opracować i prawidłowo zinterpretować otrzymane wyniki, wyciągnąć wnioski z przeprowadzonych badań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdanie z ćwiczenia laboratoryjnego, kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U01, IM1_U05, IM1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MBM_KS1: </w:t>
       </w:r>
     </w:p>