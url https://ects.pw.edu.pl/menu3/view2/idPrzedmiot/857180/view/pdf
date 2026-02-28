--- v1 (2026-02-06)
+++ v2 (2026-02-28)
@@ -1096,67 +1096,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania z ćwiczenia laboratoryjnego, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U08, IM1_U09, IM1_U01, IM1_U05</w:t>
+        <w:t xml:space="preserve">IM1_U01, IM1_U05, IM1_U08, IM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MBM_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie dokonać pomiarów wybranych właściwości fizycznych materiałów. Na podstawie posiadanej wiedzy i analizy fachowej literatury umie opracować i prawidłowo zinterpretować otrzymane wyniki, wyciągnąć wnioski z przeprowadzonych badań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>