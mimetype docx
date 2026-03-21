--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -1096,67 +1096,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania z ćwiczenia laboratoryjnego, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U01, IM1_U05, IM1_U08, IM1_U09</w:t>
+        <w:t xml:space="preserve">IM1_U08, IM1_U09, IM1_U01, IM1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MBM_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie dokonać pomiarów wybranych właściwości fizycznych materiałów. Na podstawie posiadanej wiedzy i analizy fachowej literatury umie opracować i prawidłowo zinterpretować otrzymane wyniki, wyciągnąć wnioski z przeprowadzonych badań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>