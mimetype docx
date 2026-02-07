--- v0 (2025-12-26)
+++ v1 (2026-02-07)
@@ -1027,207 +1027,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania z laboratorium, obserwacja i ocena umiejętności praktycznych studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U09, IM1_U08</w:t>
+        <w:t xml:space="preserve">IM1_U08, IM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EE_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zastosować metody pomiarowe i symulacje obwodów elektrycznych i elektronicznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdania z laboratorium, obserwacja i ocena umiejętności praktycznych studenta w trakcie zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U08, IM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EE_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dobrać materiał na zastosowania w elektrotechnice i elektronice</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i ocena sprawozdania z laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U08, IM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EE_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie wykonywania doświadczeń w laboratorium stosuje zasady bezpieczeństwa i higieny pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>