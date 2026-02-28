--- v1 (2026-02-07)
+++ v2 (2026-02-28)
@@ -1097,137 +1097,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania z laboratorium, obserwacja i ocena umiejętności praktycznych studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IM1_U09, IM1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EE_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dobrać materiał na zastosowania w elektrotechnice i elektronice</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i ocena sprawozdania z laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IM1_U08, IM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EE_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie wykonywania doświadczeń w laboratorium stosuje zasady bezpieczeństwa i higieny pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>