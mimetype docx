--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -963,51 +963,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EE_U1: </w:t>
       </w:r>
     </w:p>
@@ -1097,67 +1097,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania z laboratorium, obserwacja i ocena umiejętności praktycznych studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U09, IM1_U08</w:t>
+        <w:t xml:space="preserve">IM1_U08, IM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EE_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobrać materiał na zastosowania w elektrotechnice i elektronice</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>