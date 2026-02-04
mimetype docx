--- v0 (2025-12-26)
+++ v1 (2026-02-04)
@@ -816,51 +816,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium sprawdzające</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W03, IM1_W04</w:t>
+        <w:t xml:space="preserve">IM1_W04, IM1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1036,51 +1036,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium sprawdzające</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U09, IM1_U08</w:t>
+        <w:t xml:space="preserve">IM1_U08, IM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>