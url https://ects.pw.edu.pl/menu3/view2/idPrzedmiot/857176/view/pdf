--- v1 (2026-02-04)
+++ v2 (2026-02-28)
@@ -816,51 +816,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium sprawdzające</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W04, IM1_W03</w:t>
+        <w:t xml:space="preserve">IM1_W03, IM1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -982,51 +982,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U08, IM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POI_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać oblicznenia bilansu energetycznego dla układów otwartych i zamkniętych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>