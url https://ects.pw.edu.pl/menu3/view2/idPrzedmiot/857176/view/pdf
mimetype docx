--- v2 (2026-02-28)
+++ v3 (2026-03-20)
@@ -966,51 +966,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium sprawdzające</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U08, IM1_U09</w:t>
+        <w:t xml:space="preserve">IM1_U09, IM1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>