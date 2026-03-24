--- v0 (2025-10-30)
+++ v1 (2026-03-24)
@@ -12,582 +12,582 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Nazwa przedmiotu: </w:t>
-[...87 lines deleted...]
-        <w:t xml:space="preserve">Program: </w:t>
+        <w:t xml:space="preserve">Name of course: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Foreign language</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Coordinator of course: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Lecturers of the Foreign Language Centre </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Type of course: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Compulsory</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Level of education: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Second cycle studies</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Programme: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Transport</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Grupa przedmiotów: </w:t>
+        <w:t xml:space="preserve">Group of courses: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obieralne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Kod przedmiotu: </w:t>
+        <w:t xml:space="preserve">Code of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">TR.NMK341</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Semestr nominalny: </w:t>
+        <w:t xml:space="preserve">Nominal semester: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">4 / rok ak. 2018/2019</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba punktów ECTS: </w:t>
+        <w:t xml:space="preserve">Number of ECTS credits: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba godzin pracy studenta związanych z osiągnięciem efektów uczenia się: </w:t>
+        <w:t xml:space="preserve">Number of hours of student’s work to achieve learning outcomes: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">60 godzin, w tym: praca na ćwiczeniach 18 godz., konsultacje 2 godz., praca własna studenta 40 godz.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba punktów ECTS na zajęciach wymagających bezpośredniego udziału nauczycieli akademickich: </w:t>
+        <w:t xml:space="preserve">Number of ECTS credits on the course with direct participation of academic teacher: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1,0 pkt ECTS (20 godziny, w tym: praca na ćwiczeniach 18 godz., konsultacje 2 godz.)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Język prowadzenia zajęć: </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Liczba punktów ECTS, którą student uzyskuje w ramach zajęć o charakterze praktycznym: </w:t>
+        <w:t xml:space="preserve">Language of course: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">english</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Number of ECTS credits on practical activities on the course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">0</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Formy zajęć i ich wymiar w semestrze: </w:t>
+        <w:t xml:space="preserve">Form of didactic studies and number of hours per semester: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2200" w:type="dxa"/>
         <w:gridCol w:w="2200" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="2500" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:left w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:bottom w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:insideH w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:insideV w:val="single" w:sz="0" w:color="FFFFFF"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Wykład: </w:t>
+              <w:t xml:space="preserve">Lecture: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Ćwiczenia: </w:t>
+              <w:t xml:space="preserve">Exercise type of course: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">18h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Laboratorium: </w:t>
+              <w:t xml:space="preserve">Laboratory: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Projekt: </w:t>
+              <w:t xml:space="preserve">Project type of course: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Lekcje komputerowe: </w:t>
+              <w:t xml:space="preserve">Computer lessons: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Wymagania wstępne: </w:t>
+        <w:t xml:space="preserve">Preliminary requirements: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poziom B2:
 Osoba posługująca się językiem na tym poziomie rozumie znaczenie głównych wątków przekazu, zawartego w złożonych tekstach na tematy konkretne i abstrakcyjne, łącznie ze zrozumieniem dyskusji, na tematy techniczne/dotyczące transportu z zakresu jej specjalności. Potrafi porozumiewać się na tyle płynnie i spontanicznie, by prowadzić normalną rozmowę z rodzimym użytkownikiem języka, nie powodując przy tym napięcia u którejkolwiek ze stron. Potrafi – w szerokim zakresie tematów – formułować przejrzyste i szczegółowe wypowiedzi ustne lub pisemne, a także wyjaśniać swoje stanowisko w sprawach, będących przedmiotem dyskusji, rozważając wady i zalety różnych rozwiązań.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Limit liczby studentów: </w:t>
+        <w:t xml:space="preserve">Limit of students: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">12-24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Cel przedmiotu: </w:t>
+        <w:t xml:space="preserve">Purpose of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zdobycie umiejętności językowych w zakresie transportu, zgodnych z wymaganiami określonymi dla poziomu B2+ Europejskiego Systemu Opisu Kształcenia Językowego
 poprzez wprowadzenie elementów języka specjalistycznego. Zapoznanie studentów z terminologią dotyczącą transportu/budowy maszyn/logistyki, przygotowanie do porozumiewania się na tematy fachowe podczas pracy, wymian zagranicznych oraz uczestniczenia w wykładach i zajęciach na uczelniach zagranicznych. Nauka prezentowania, opisywania i obrony projektów dotyczących tematyki transportu w języku angielskim. Rozwijanie umiejętności czytania literatury fachowej z zakresu transportu/budowy maszyn/logistyki. (strony internetowe, artykuły prasowe, książki) w języku angielskim.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Treści kształcenia: </w:t>
+        <w:t xml:space="preserve">Contents of education: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Lektorat obejmuje następujące działy tematyczne:
 1. Transport jako przedmiot badań ekonomicznych
 - Podstawowe pojęcia związane z transportem
 - Klasyfikacja transportu
 - Specyfika praw ekonomicznych w transporcie
 - Zakres i metodologia badań ekonomiki transportu
 2. Ekonomiczne i pozaekonomiczne uwarunkowania działalności transportowej
 - Czynniki produkcji
 - Infrastruktura i suprastruktura transportu
 - Zatrudnienie w transporcie
 - Ekologiczne aspekty transportu
 3. Transport jako dział gospodarki 
 - Miejsce transportu w systemie czynników lokalizacji sił wytwórczych
 - Znaczenie i funkcje transportu w gospodarce
 - Transportochłonność gospodarki narodowej
 - Powiązanie transportu z budżetem państwa i bilansem płatniczym kraju
 4. Popyt na usługi transportowe
@@ -614,211 +614,211 @@
 - Koszty przeciętne i krańcowe
 7. Ceny w transporcie
 - Podstawy teorii cen w transporcie
 - Rodzaje cen w transporcie
 - Metody kalkulacji cen w transporcie
 8. Taryfy transportowe
 9. Środki transportu
 10. Schematy budowy pojazdów
 11. Podstawowe zasady pisania tekstów na poziomie akademickim
 12. Wybrane zwroty używane w pisaniu na poziomie akademickim
 13. Struktury gramatyczne używane w pisaniu na poziomie akademickim
 14. Zajęcia konwersacyjne – polski transport na tle światowego
 15. Podsumowanie kursu, test końcowy, analiza testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Metody oceny: </w:t>
+        <w:t xml:space="preserve">Methods of evaluation: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prace domowe
 krótkie prace kontrolne
 test zaliczeniowy
 prezentacje</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Egzamin: </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Literatura: </w:t>
+        <w:t xml:space="preserve">Exam: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">no</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Literature: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1. Podręcznik do nauki języka obcego zgodnie z programem nauczania wybranego języka obcego; 
 2. Materiały dodatkowe na Platformie edukacyjnej SJO;
 3. Materiały własne lektora.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Witryna www przedmiotu: </w:t>
+        <w:t xml:space="preserve">Website of the course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">www.sjo.pw.edu.pl</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Uwagi: </w:t>
+        <w:t xml:space="preserve">Notes: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc1"/>
       <w:r>
         <w:t>Charakterystyki przedmiotowe</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
-        <w:t>Profil ogólnoakademicki - wiedza</w:t>
+        <w:t>General academic profile - knowledge</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Dysponuje odpowiednim zakresem słownictwa celem sporządzania wypowiedzi pisemnych. Zna zasady regulujące stosowanie zdań złożonych i argumentowanie. Zna słownictwo i struktury gramatyczne, pozwalające mu na tworzenie klarownych, dobrze skonstruowanych wypowiedzi. Zna właściwe funkcjonalnie wyrażenia aby zabrać głos w dyskusji i wypowiadać się na temat transportu. Zna zasady przygotowania prezentacji.</w:t>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Krótkie prace pisemne, pisemne prace domowe, wypowiedzi ustne na zajęciach</w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -826,149 +826,149 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna słownictwo i konstrukcje zdań w języku obcym w zakresie podstawowej wiedzy o procesach, zjawiskach, podmiotach i strukturach transportowych oraz o relacjach między zjawiskami, podmiotami, strukturami transportowymi w skali mikro- i makroekonomicznej, jak również w zakresie metod badania stosunków ekonomiczno-społecznych w transporcie oraz rządzących nimi prawidłowości, metod i narzędzi, w tym technik pozyskiwania danych pozwalających opisywać zjawiska oraz procesów, podmiotów, struktur i instytucji ekonomicznych w transporcie.</w:t>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Krótkie prace pisemne, pisemne prace domowe, wypowiedzi ustne na zajęciach</w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
-        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+        <w:t>General academic profile - skils</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi prowadzić korespondencję naukową. Potrafi napisać protokół, raport, notatkę służbową i inne teksty formalne podkreślając istotne kwestie i podając odpowiednie przykłady. Potrafi napisać artykuł naukowy, artykuł publicystyczny, abstrakt i inne.</w:t>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Prace pisemne, prezentacja, praca zaliczeniowa.</w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U02, Tr2A_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -976,69 +976,69 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi szybko określić wagę i treść wiadomości, artykułów i opracowań na różne tematy zawodowe. Potrafi zebrać informacje, koncepcje i opinie z wysoko wyspecjalizowanych źródeł w transporcie/budowie maszyn/logistyce. Rozumie długie i skomplikowane instrukcje dotyczące własnej specjalności.</w:t>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Wypowiedzi na zajęciach, praca zaliczeniowa.</w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U01, Tr2A_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1046,69 +1046,69 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przedstawić klarowne opisy i dokonać prezentacji dotyczącej złożonej tematyki akademickiej, porządkując i rozwijając poszczególne zagadnienia i podając istotne szczegóły/przykłady.</w:t>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Prezentacja, wypowiedzi na zajęciach.</w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U01, Tr2A_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1116,149 +1116,149 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zrozumieć główne treści wykładów, wystąpień i raportów oraz innych form prezentacji akademickich/zawodowych, złożonych pod względem treści, leksyki i struktury.</w:t>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Wypowiedzi na zajęciach, praca zaliczeniowa.</w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
-        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+        <w:t>General academic profile - social competences</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna normy socjolingwistyczne oraz potrafi dostrzegać zmianę rejestru wypowiedzi. Ponadto prawidłowo identyfikuje, diagnozuje i rozstrzyga dylematy i różne warianty rozwiązań związane z prowadzeniem działalności w zakresie transportu oraz. uczestnicząc w przygotowaniu projektów ekonomiczno-transportowych, potrafi godzić wymagania prawne, ekonomiczne, ekologiczne, polityczne i społeczne, jak również potrafi samodzielnie uzupełniać i doskonalić nabytą wiedzę i umiejętności ekonomiczne, jest otwarty na nowe pomysły i techniki oraz ma skłonność do nauki i komunikacji społecznej. </w:t>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Praca na zajęciach</w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_K04, Tr2A_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>