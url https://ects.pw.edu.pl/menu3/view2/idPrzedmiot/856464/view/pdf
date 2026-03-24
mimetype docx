--- v0 (2025-11-01)
+++ v1 (2026-03-24)
@@ -12,794 +12,794 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Nazwa przedmiotu: </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Koordynator przedmiotu: </w:t>
+        <w:t xml:space="preserve">Name of course: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">The European Train Control System (ETCS) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Coordinator of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prof. nzw. dr hab. inż Wiesław Zabłocki,  Zakład Sterowania Ruchem i Infrastruktury Transportu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Status przedmiotu: </w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve">Program: </w:t>
+        <w:t xml:space="preserve">Type of course: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Elective</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Level of education: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Second cycle studies</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Programme: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Transport</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Grupa przedmiotów: </w:t>
+        <w:t xml:space="preserve">Group of courses: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obieralne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Kod przedmiotu: </w:t>
+        <w:t xml:space="preserve">Code of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> TR.NMOB333 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Semestr nominalny: </w:t>
+        <w:t xml:space="preserve">Nominal semester: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">3 / rok ak. 2018/2019</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba punktów ECTS: </w:t>
+        <w:t xml:space="preserve">Number of ECTS credits: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba godzin pracy studenta związanych z osiągnięciem efektów uczenia się: </w:t>
+        <w:t xml:space="preserve">Number of hours of student’s work to achieve learning outcomes: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">51 godzin, w tym: praca na wykładach: 18 godz., studiowanie literatury przedmiotu: 15 godz., konsultacje: 2 godz., przygotowanie do egzaminu: 15 godz., udział w egzaminach: 1 godz.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba punktów ECTS na zajęciach wymagających bezpośredniego udziału nauczycieli akademickich: </w:t>
+        <w:t xml:space="preserve">Number of ECTS credits on the course with direct participation of academic teacher: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1,0 pkt ECTS (21 godzin, w tym: praca na wykładach: 18 godz., konsultacje: 2 godz., udział w egzaminach: 1 godz.)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Język prowadzenia zajęć: </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Liczba punktów ECTS, którą student uzyskuje w ramach zajęć o charakterze praktycznym: </w:t>
+        <w:t xml:space="preserve">Language of course: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">polish</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Number of ECTS credits on practical activities on the course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">0</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Formy zajęć i ich wymiar w semestrze: </w:t>
+        <w:t xml:space="preserve">Form of didactic studies and number of hours per semester: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2200" w:type="dxa"/>
         <w:gridCol w:w="2200" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="2500" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:left w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:bottom w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:insideH w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:insideV w:val="single" w:sz="0" w:color="FFFFFF"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Wykład: </w:t>
+              <w:t xml:space="preserve">Lecture: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">18h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Ćwiczenia: </w:t>
+              <w:t xml:space="preserve">Exercise type of course: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Laboratorium: </w:t>
+              <w:t xml:space="preserve">Laboratory: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Projekt: </w:t>
+              <w:t xml:space="preserve">Project type of course: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Lekcje komputerowe: </w:t>
+              <w:t xml:space="preserve">Computer lessons: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Wymagania wstępne: </w:t>
+        <w:t xml:space="preserve">Preliminary requirements: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Znajomość podstawowych pojęć i wiedzy z zakresu: 
 1) automatyki i informatyki,
 2) podstaw teorii sterowania,
 3) podstaw teorii systemów, 
 4) podstaw sterowania ruchem w transporcie, 
 5) elektroniki i telekomunikacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Limit liczby studentów: </w:t>
+        <w:t xml:space="preserve">Limit of students: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">brak</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Cel przedmiotu: </w:t>
+        <w:t xml:space="preserve">Purpose of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przedmiot ma na celu przekazanie wiedzy obejmującej:
 1. podstawy sterowania i kierowania ruchem w transporcie kolejowym, 
 2. założenia funkcjonalne systemu bezpiecznej kontroli jazdy pociągu (BKJP) ze szczególnym uwzględnieniem kolei dużych prędkości (kdp),
 3. bezpieczeństwo systemów sterowania ruchem kolejowym,
 4. regulacje prawne, założenia, wymagania i uwarunkowania wdrożenia europejskiego systemu sterowania ruchem pociągu ERTMS/ETCS, 
 5. znajomość podstawowych struktur systemów i urządzeń ETCS1 i ERTMS/ETCS2 na linii i na pojeździe trakcyjnym,
 6.  kryteria wyboru możliwych rozwiązań technicznych dla zadanej linii kolejowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Treści kształcenia: </w:t>
+        <w:t xml:space="preserve">Contents of education: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1. Wprowadzenie do sterowania. Zadanie sterowania w transporcie. Koleje dużych prędkości. Systemy bezpiecznej kontroli jazdy pociągu (BKJP)
 2. Geneza budowy systemu ERTMS - dyrektywy  Unii Europejskiej, zagadnienie interoperacyjności i migracji systemów
 3. Założenia struktury i elementy systemu ERTMS: ETCS – GSMR – ERTML (TAF, TAP)
 4. Struktura ogólna ETCS, poziomy funkcjonalno- techniczne systemu, wymiana informacji z otoczeniem systemu
 5. Wyposażenie techniczne: urządzenia w torze (pętle, balisy), transmisja radiowa, centrum sterowania radiowego (RBC), urządzenia na pokładzie pojazdu trakcyjnego
 6. Techniczne specyfikacje interoperacyjności (TSI)
 7. Interface'y w systemie ETCS, specjalizowane moduły transmisyjne (STM)
 8. Obecne wyposażenie sieci PLK - system SHP i jego powiązanie z ETCS
 9. Zmienne narodowe w systemie ETCS
 10. Plany modernizacji i budowy sieci kdp w Polsce
 11. Założenia budowy systemu ETCS, wymagania, oddziaływanie na środowisko, analizy ekonomiczne, studium wykonalności.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Metody oceny: </w:t>
+        <w:t xml:space="preserve">Methods of evaluation: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Efekty kształcenia są oceniane na podstawie egzaminu pisemnego w trakcie którego studenci losują zestawy zawierające 2 pytania. Odpowiedzi na niektóre pytania mogą wymagać przedstawienia odręcznie wykonanego rysunku wraz z jego opisem. Studenci przystępują do egzaminu w terminie określonym przez dziekanat. W przypadku, gdy na egzamin zgłosi się liczba studentów nie większa niż 10 osób - dopuszcza się egzamin ustny. Uzyskanie pozytywnej oceny z egzaminu wymaga całkowicie poprawnej odpowiedzi na jedno z pytań i przynajmniej częściowo poprawnej odpowiedzi na pozostałe pytanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Egzamin: </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Literatura: </w:t>
+        <w:t xml:space="preserve">Exam: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Literature: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pozycje zasadnicze – książki lub/i skrypty:
 1. Dąbrowa-Bajon M., Podstawy sterowania ruchem kolejowym, Oficyna Wydawnicza Politechniki Warszawskiej, Warszawa 2007, 
 2. Dyduch J., Kornaszewski M., Systemy sterowania ruchem kolejowym, Wydawnictwo Politechniki Radomskiej, Radom 2007, 
 3. Dyduch J., Pawlik M., Systemy automatycznej kontroli jazdy pociągu, Wydawnictwo Politechniki Radomskiej, Radom 2002,
 4. Pawlik M., Europejski system zarządzania ruchem kolejowym, KOW Sp. z o.o., KOW, Warszawa 2015,
 5. red. Pawlik M., Interoperacyjność systemu kolei Unii Europejskiej, Kurier Kolejowy Sp. z o.o., Warszawa 2017
 6. Żurkowski A., Pawlik M., Ruch i przewozy kolejowe. Sterowanie ruchem, Wydawca: PKP Polskie Linie Kolejowe S.A., Warszawa 2010, 
 Pozycje uzupełniające: 
 1. Massel A., Projektowanie linii i stacji kolejowych, Wydawca: PKP Polskie Linie Kolejowe S.A., Warszawa 2010, 
 2. Karbowiak H., Bezpieczeństwo ruchu w transporcie, Monografie, Politechnika Łódzka, Łódź 2011.
 Inne materiały: 
 1. Dyrektywy, decyzje, dokumenty i inne regulacje formalno-prawne Parlamentu Europejskiego, Komisji Europejskiej i rządu polskiego 
 2. Druki reklamowe, materiały informacyjne i strony www producentów systemów i urządzeń 
 3. Czasopisma
 4. Liczne strony internetowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Witryna www przedmiotu: </w:t>
+        <w:t xml:space="preserve">Website of the course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">brak</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Uwagi: </w:t>
+        <w:t xml:space="preserve">Notes: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na wykładach w formie prezentacji komputerowych przekazywana jest podstawowa wiedza o systemie ETCS, jego funkcjach i strukturze, trybach pracy i powiązaniu z innymi systemami i urządzeniami oraz komentarze wyjaśniające nowe pojęcia i definicje. W trakcie zajęć mogą być prowadzone krótkie indywidualne rozmowy lub dyskusje ze studentami na temat prezentowanego wykładu, jak i podstaw teoretycznych nawiązujących do rozwiązań technicznych stosowanych w systemie ETCS. Informacja o przedmiocie - program wykładów, wykaz źródeł z wiedzą o systemie ETCS oraz regulamin zajęć są ogłaszane na pierwszych zajęciach oraz publikowane na tablicy ogłoszeń. W trakcie semestru zaleca się korzystanie z możliwość indywidualnego kontaktu wykładowcy ze studentem podczas konsultacji.
 Przedmiot z uchwalonego przez Radę Wydziału wykazu dodatkowych przedmiotów obieralnych na rok akademicki 2017/2018.
 O ile nie powoduje to zmian w zakresie powiązań danego modułu zajęć z kierunkowymi efektami kształcenia w treściach kształcenia mogą być wprowadzane na bieżąco zmiany związane z uwzględnieniem najnowszych osiągnięć naukowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc1"/>
       <w:r>
         <w:t>Charakterystyki przedmiotowe</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
-        <w:t>Profil ogólnoakademicki - wiedza</w:t>
+        <w:t>General academic profile - knowledge</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">PL] Zna pojęcie bezpieczeństwa i zadania sterowania w transporcie kolejowym. Zna i rozumie założenia systemu bezpiecznej kontroli jazdy pociągu (BKJP). Potrafi wskazać podstawowe dokumenty Komisji Europejskiej dotyczące systemu ERTMS/ETCS. Zna i rozumie zasady interoperacyjności i funkcjonalności i systemu ERTMS/ETCS.</w:t>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Egzamin, 1 pytanie dotyczące W01 losowane ze zbioru pytań, wymagane jest udzielenie pełnej, poprawnej odpowiedzi. Ponadto w trakcie zajęć mogą być zadawane krótkie sprawdzające pytania inspirujące aktywność i dyskusje merytoryczną ze studentami.</w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -807,69 +807,69 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna ogólną strukturę systemu ETCS oraz charakterystykę poziomów funkcjonalno - technicznych systemu. Potrafi określić zasady wymiany informacji z otoczeniem systemu. Posiada podstawową wiedzę o urządzeniach: terenowych i torowych (pętle, balisy), na pokładzie pojazdu trakcyjnego, stosowanych systemach cyfrowej transmisji radiowej i o centrum sterowania radiowego (RBC). Rozumie znaczenie i funkcje poszczególnych typów technicznych specyfikacji interoperacyjności (TSI).</w:t>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Egzamin, 1 pytanie losowane ze zbioru pytań W02, wymagane jest udzielenie pełnej, poprawnej odpowiedzi na jedno z pytań oraz co najmniej częściowo poprawnej odpowiedzi na pozostałe pytanie. Ponadto w trakcie zajęć mogą być zadawane krótkie sprawdzające pytania inspirujące rozmowy lub dyskusje ze studentami</w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -877,229 +877,229 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna rodzaje i znaczenie interfejsów w systemie ETCS oraz funkcje specjalizowanych modułów transmisyjnych (STM), w tym zmiennych narodowych. Potrafi określić założenia budowy im uwarunkowania wdrożenia systemu ETCS w Polsce. Rozumie znaczenie analiz ekonomicznych i cele studium wykonalności projektów ETCS oraz oddziaływanie na środowisko.</w:t>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Egzamin, 1 pytanie dotyczące W03 losowane ze zbioru pytań, wymagane jest udzielenie pełnej, poprawnej odpowiedzi. Ponadto w trakcie zajęć mogą być zadawane krótkie sprawdzające pytania inspirujące aktywność i dyskusje merytoryczną ze studentami.</w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
-        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+        <w:t>General academic profile - skils</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić właściwości inteligentnego systemu sterowania w transporcie a w szczególności sterowania ruchem pociągu na przykładzie systemu ETCS. Potrafi określić podstawowe założenia doboru technicznego poziomu systemu ETCS dla rożnych linii kolejowych.</w:t>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Egzamin, w ramach pytania dotyczącego W03 zawarte będzie rozszerzenie sprawdzające umiejętność U1. Wymagane jest udzielenie pełnej, poprawnej odpowiedzi. Ponadto w trakcie zajęć mogą być zadawane krótkie sprawdzające pytania inspirujące aktywność i dyskusje merytoryczną ze studentami dotyczące wiedzy U1.</w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U10, Tr2A_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
-        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+        <w:t>General academic profile - social competences</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wskazać dokumenty WE i krajowe (ustawy, zarządzenia, masterplany i inne) dotyczące systemu ERTMS/ETCS oraz odnoszące się do technicznych specyfikacji interoperacyjności (TSI)</w:t>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Studenci w trakcie pracy na wykładach poznają wybrane dokumenty systemu ERTMS/ETCS. Posługując się tymi dokumentami wyszukują zadanych informacji</w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>