--- v0 (2025-11-03)
+++ v1 (2025-12-26)
@@ -869,491 +869,491 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: dwie kartkówki na ćwiczeniach Ocena podsumowująca: egzamin pisemny testowy jednokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W01, Tr2A_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe pojęcia z zakresu teorii gier i teorii zna sposoby analizy i wyznaczania charakterystyk systemów masowej obsługi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena formująca: dwie kartkówki na ćwiczeniach Ocena podsumowująca: egzamin pisemny testowy jednokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W01, Tr2A_W05, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe pojęcia z zakresu teorii gier i teorii zna sposoby analizy i wyznaczania charakterystyk systemów masowej obsługi</w:t>
+        <w:t xml:space="preserve">Potrafi na podstawie werbalnego opisu sytuacji decyzyjnej zdefiniować formalnie zadanie decyzyjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: dwie kartkówki na ćwiczeniach Ocena podsumowująca: egzamin pisemny testowy jednokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W01, Tr2A_W05, Tr2A_W08</w:t>
+        <w:t xml:space="preserve">Tr2A_U07, Tr2A_U10, Tr2A_U11, Tr2A_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.1, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi na podstawie formalnego sformułowania zadania decyzyjnego w transporcie określić jakie metody matematyczne są właściwe do poszukiwania rozwiązań optymalnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena formująca: dwie kartkówki na ćwiczeniach Ocena podsumowująca: egzamin pisemny testowy jednokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_U07, Tr2A_U10, Tr2A_U11, Tr2A_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.1, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi poszukiwać modyfikacji poznanych algorytmów oraz sposobów doprecyzowania problemu decyzyjnego oraz dodatkowych informacji zmniejszających niepewność decydenta</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena formująca: dwie kartkówki na ćwiczeniach Ocena podsumowująca: egzamin pisemny testowy jednokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_U07, Tr2A_U10, Tr2A_U11, Tr2A_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.1, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi na podstawie werbalnego opisu sytuacji decyzyjnej zdefiniować formalnie zadanie decyzyjne</w:t>
+        <w:t xml:space="preserve">Rozumie potrzebę patrzenia na rzeczywiste zadania stające przed inżynierem transportu jak na problemy decyzyjne, dostrzega potrzebę poszukiwania rozwiązań lepszych od intuicyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena formująca: dwie kartkówki na ćwiczeniach Ocena podsumowująca: egzamin pisemny testowy jednokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Ocena formująca i podsumowująca: dwie kartkówki na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U07, Tr2A_U10, Tr2A_U11, Tr2A_U19</w:t>
+        <w:t xml:space="preserve">Tr2A_K01, Tr2A_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.1, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">I.P7S_KK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi na podstawie formalnego sformułowania zadania decyzyjnego w transporcie określić jakie metody matematyczne są właściwe do poszukiwania rozwiązań optymalnych</w:t>
+        <w:t xml:space="preserve">Dostrzega potrzebę formalizacji zadań, rozumie, że optymalizacja rozwiązań przynosi korzyści ekonomiczne i społeczne, a jednocześnie potrafi krytycznie ocenić uzyskiwane rozwiązania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena formująca: dwie kartkówki na ćwiczeniach Ocena podsumowująca: egzamin pisemny testowy jednokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Ocena formująca i podsumowująca: dwie kartkówki na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U19, Tr2A_U07, Tr2A_U10, Tr2A_U11</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">Tr2A_K01, Tr2A_K02</w:t>
+        <w:t xml:space="preserve">Tr2A_K02, Tr2A_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>