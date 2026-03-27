--- v1 (2025-12-26)
+++ v2 (2026-03-27)
@@ -799,561 +799,561 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: dwie kartkówki na ćwiczeniach Ocena podsumowująca: egzamin pisemny testowy jednokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W05, Tr2A_W08, Tr2A_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe modele teorii zapasów, zna podstawowe pojęcia z zakresu zbiorów rozmytych, sztucznych sieci neuronowych i innych metod matematycznych inspirowanych naturą, zna definicje, elementy i zasady modelowania z wykorzystaniem sieci Petriego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena formująca: dwie kartkówki na ćwiczeniach Ocena podsumowująca: egzamin pisemny testowy jednokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W01, Tr2A_W05, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe modele teorii zapasów, zna podstawowe pojęcia z zakresu zbiorów rozmytych, sztucznych sieci neuronowych i innych metod matematycznych inspirowanych naturą, zna definicje, elementy i zasady modelowania z wykorzystaniem sieci Petriego</w:t>
+        <w:t xml:space="preserve">Zna podstawowe pojęcia z zakresu teorii gier i teorii zna sposoby analizy i wyznaczania charakterystyk systemów masowej obsługi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: dwie kartkówki na ćwiczeniach Ocena podsumowująca: egzamin pisemny testowy jednokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W01, Tr2A_W05</w:t>
+        <w:t xml:space="preserve">Tr2A_W01, Tr2A_W05, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe pojęcia z zakresu teorii gier i teorii zna sposoby analizy i wyznaczania charakterystyk systemów masowej obsługi</w:t>
+        <w:t xml:space="preserve">Potrafi na podstawie werbalnego opisu sytuacji decyzyjnej zdefiniować formalnie zadanie decyzyjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: dwie kartkówki na ćwiczeniach Ocena podsumowująca: egzamin pisemny testowy jednokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W01, Tr2A_W05, Tr2A_W08</w:t>
+        <w:t xml:space="preserve">Tr2A_U07, Tr2A_U10, Tr2A_U11, Tr2A_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.1, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi na podstawie formalnego sformułowania zadania decyzyjnego w transporcie określić jakie metody matematyczne są właściwe do poszukiwania rozwiązań optymalnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena formująca: dwie kartkówki na ćwiczeniach Ocena podsumowująca: egzamin pisemny testowy jednokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_U07, Tr2A_U10, Tr2A_U11, Tr2A_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.1, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi poszukiwać modyfikacji poznanych algorytmów oraz sposobów doprecyzowania problemu decyzyjnego oraz dodatkowych informacji zmniejszających niepewność decydenta</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena formująca: dwie kartkówki na ćwiczeniach Ocena podsumowująca: egzamin pisemny testowy jednokrotnego wyboru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_U19, Tr2A_U07, Tr2A_U10, Tr2A_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.4.o, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.1, II.T.P7S_UW.4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi na podstawie werbalnego opisu sytuacji decyzyjnej zdefiniować formalnie zadanie decyzyjne</w:t>
+        <w:t xml:space="preserve">Rozumie potrzebę patrzenia na rzeczywiste zadania stające przed inżynierem transportu jak na problemy decyzyjne, dostrzega potrzebę poszukiwania rozwiązań lepszych od intuicyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena formująca: dwie kartkówki na ćwiczeniach Ocena podsumowująca: egzamin pisemny testowy jednokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Ocena formująca i podsumowująca: dwie kartkówki na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U07, Tr2A_U10, Tr2A_U11, Tr2A_U19</w:t>
+        <w:t xml:space="preserve">Tr2A_K01, Tr2A_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.1, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">I.P7S_KK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi na podstawie formalnego sformułowania zadania decyzyjnego w transporcie określić jakie metody matematyczne są właściwe do poszukiwania rozwiązań optymalnych</w:t>
+        <w:t xml:space="preserve">Dostrzega potrzebę formalizacji zadań, rozumie, że optymalizacja rozwiązań przynosi korzyści ekonomiczne i społeczne, a jednocześnie potrafi krytycznie ocenić uzyskiwane rozwiązania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena formująca: dwie kartkówki na ćwiczeniach Ocena podsumowująca: egzamin pisemny testowy jednokrotnego wyboru</w:t>
+        <w:t xml:space="preserve">Ocena formująca i podsumowująca: dwie kartkówki na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U07, Tr2A_U10, Tr2A_U11, Tr2A_U19</w:t>
-[...148 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">Tr2A_K01, Tr2A_K02</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">Tr2A_K02, Tr2A_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>