--- v0 (2025-11-01)
+++ v1 (2025-12-26)
@@ -734,87 +734,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład  - egz. – część pisemna i ustna ćw. labor. 1 – 4, kolokwium, ew. cz. ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W10</w:t>
+        <w:t xml:space="preserve">Tr2A_W10, Tr2A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna podstawowe definicje i określenia. oraz podział aktów prawnych i ich znaczenie dla systemu badań technicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium – część pisemna i ustna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W07, Tr2A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawowe definicje i określenia. oraz podział aktów prawnych i ich znaczenie dla systemu badań technicznych.</w:t>
+        <w:t xml:space="preserve">zna akty prawne warunkujące realizację procesu technologicznego badania pojazdu oraz badania podstawowe i rozszerzone, badania pojazdów specjalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium – część pisemna i ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -833,398 +903,328 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna akty prawne warunkujące realizację procesu technologicznego badania pojazdu oraz badania podstawowe i rozszerzone, badania pojazdów specjalnych.</w:t>
+        <w:t xml:space="preserve">ma podstawową wiedzę o wymaganiach technologicznych stawianych Stacjom Kontroli Pojazdów oraz o wymaganiach odnoszących się do wyposażenia technologicznego SKP.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium – część pisemna i ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W07, Tr2A_W08</w:t>
+        <w:t xml:space="preserve">Tr2A_W07, Tr2A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę o wymaganiach technologicznych stawianych Stacjom Kontroli Pojazdów oraz o wymaganiach odnoszących się do wyposażenia technologicznego SKP.</w:t>
+        <w:t xml:space="preserve">zna przykłady rozwiązań technologicznych i wyposażenia istniejących stacji oraz przepisy warunkujące wykonanie prawidłowego projektu technologicznego oraz dobór wyposażenia SKP. A także wymagania stawiane diagnostom</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium – część pisemna i ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W07, Tr2A_W10</w:t>
+        <w:t xml:space="preserve">Tr2A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna przykłady rozwiązań technologicznych i wyposażenia istniejących stacji oraz przepisy warunkujące wykonanie prawidłowego projektu technologicznego oraz dobór wyposażenia SKP. A także wymagania stawiane diagnostom</w:t>
+        <w:t xml:space="preserve">potrafi pozyskać informacje z literatury dotyczące zagadnień odnoszących się do aktów prawnych w SKP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium – część pisemna i ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W10</w:t>
+        <w:t xml:space="preserve">Tr2A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi pozyskać informacje z literatury dotyczące zagadnień odnoszących się do aktów prawnych w SKP</w:t>
+        <w:t xml:space="preserve">potrafi wykorzystać poznane akty prawne do analizowania ich wpływu na proces technologiczny badania pojazdu w SKP</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium – część pisemna i ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U01</w:t>
+        <w:t xml:space="preserve">Tr2A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.2.o, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">umie dokonać krytycznej analizy zapisów sformułowań użytych w analizowanych aktach prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>