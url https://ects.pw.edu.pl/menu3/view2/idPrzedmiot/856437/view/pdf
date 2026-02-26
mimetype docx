--- v1 (2025-12-26)
+++ v2 (2026-02-26)
@@ -734,277 +734,277 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład  - egz. – część pisemna i ustna ćw. labor. 1 – 4, kolokwium, ew. cz. ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W10, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna podstawowe definicje i określenia. oraz podział aktów prawnych i ich znaczenie dla systemu badań technicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium – część pisemna i ustna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W07, Tr2A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna akty prawne warunkujące realizację procesu technologicznego badania pojazdu oraz badania podstawowe i rozszerzone, badania pojazdów specjalnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium – część pisemna i ustna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W07, Tr2A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę o wymaganiach technologicznych stawianych Stacjom Kontroli Pojazdów oraz o wymaganiach odnoszących się do wyposażenia technologicznego SKP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium – część pisemna i ustna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W07, Tr2A_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna przykłady rozwiązań technologicznych i wyposażenia istniejących stacji oraz przepisy warunkujące wykonanie prawidłowego projektu technologicznego oraz dobór wyposażenia SKP. A także wymagania stawiane diagnostom</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>