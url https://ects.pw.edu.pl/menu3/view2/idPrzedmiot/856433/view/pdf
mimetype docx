--- v0 (2025-11-04)
+++ v1 (2025-12-26)
@@ -1025,51 +1025,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W05, Tr2A_W07</w:t>
+        <w:t xml:space="preserve">Tr2A_W07, Tr2A_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>