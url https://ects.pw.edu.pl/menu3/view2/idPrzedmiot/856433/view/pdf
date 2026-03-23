--- v1 (2025-12-26)
+++ v2 (2026-03-23)
@@ -1025,51 +1025,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W07, Tr2A_W05</w:t>
+        <w:t xml:space="preserve">Tr2A_W05, Tr2A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1105,67 +1105,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie ćwiczeń, opracowanie sprawozdania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U01, Tr2A_U06, Tr2A_U08</w:t>
+        <w:t xml:space="preserve">Tr2A_U06, Tr2A_U08, Tr2A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać pomiaru oddziaływania drgań na człowieka</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>