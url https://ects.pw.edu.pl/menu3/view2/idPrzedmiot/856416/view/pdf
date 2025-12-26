--- v0 (2025-11-01)
+++ v1 (2025-12-26)
@@ -809,67 +809,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca kontrola postępów studenta, obrona projektu na koniec semestru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
+        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -975,51 +975,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.4.o, II.T.P7S_UW.4</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi kształtować proces przepływu strumieni ładunków i strumieni informacji w postaci graficznej i analitycznej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>