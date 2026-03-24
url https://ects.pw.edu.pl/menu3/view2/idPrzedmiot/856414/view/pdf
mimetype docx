--- v1 (2025-12-26)
+++ v2 (2026-03-24)
@@ -760,51 +760,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W07, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podbudowaną teoretycznie szczegółową wiedzę dotyczącą warunków przewozu jednostek ładunkowych transportu intermodalnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -964,67 +964,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenie projektowe – przygotowanie projektu i przedstawienie do oceny – obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U21, Tr2A_U22</w:t>
+        <w:t xml:space="preserve">Tr2A_U22, Tr2A_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi stosować odpowiednie metody w projektowaniu terminalu przeładunkowego transportu intermodalnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>