--- v0 (2025-10-31)
+++ v1 (2025-11-22)
@@ -959,67 +959,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - egzamin pisemny, ewent. część ustna, ćwiczenia lab. - kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W09, Tr2A_W07</w:t>
+        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W07, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna wybrane metody oceny własności pojazdu (w zakresie toksyczności spalin, własności masowo-geometrycznych, kierowalności)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>