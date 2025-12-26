--- v1 (2025-11-22)
+++ v2 (2025-12-26)
@@ -959,67 +959,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - egzamin pisemny, ewent. część ustna, ćwiczenia lab. - kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W07, Tr2A_W08</w:t>
+        <w:t xml:space="preserve">Tr2A_W07, Tr2A_W08, Tr2A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna wybrane metody oceny własności pojazdu (w zakresie toksyczności spalin, własności masowo-geometrycznych, kierowalności)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>