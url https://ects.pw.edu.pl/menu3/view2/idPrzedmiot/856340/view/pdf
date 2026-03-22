--- v2 (2025-12-26)
+++ v3 (2026-03-22)
@@ -959,67 +959,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - egzamin pisemny, ewent. część ustna, ćwiczenia lab. - kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W07, Tr2A_W08, Tr2A_W09</w:t>
+        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W07, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, I.P7S_WK, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna wybrane metody oceny własności pojazdu (w zakresie toksyczności spalin, własności masowo-geometrycznych, kierowalności)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>