--- v0 (2025-11-02)
+++ v1 (2025-12-26)
@@ -969,51 +969,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U01, Tr2A_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, I.P7S_UK, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować opracowanie naukowe w języku polskim i jego streszczenie w języku obcym, przedstawiające wyniki własnych badań naukowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1583,51 +1583,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena egzemplarza pracy dyplomowej, weryfikacja zawartości merytorycznej pracy, w tym zaprojektowanych rozwiązań i zgodności opracowanego projektu ze standardami</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U20, Tr2A_U21</w:t>
+        <w:t xml:space="preserve">Tr2A_U21, Tr2A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>