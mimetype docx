--- v0 (2025-10-30)
+++ v1 (2025-11-22)
@@ -880,51 +880,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład  - sprawdzian pisemny, laboratorium – samodzielne wykonanie zadania z wykorzystaniem komputera</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W05, Tr2A_W09</w:t>
+        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1046,51 +1046,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U01, Tr2A_U04, Tr2A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, I.P7S_UU, III.P7S_UW.2.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, I.P7S_UU, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi oszacować funkcyjne i liczbowe wskaźniki niezawodności i bezpieczeństwa systemów na podstawie wyników badań eksploatacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>