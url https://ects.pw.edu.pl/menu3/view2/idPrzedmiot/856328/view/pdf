--- v1 (2025-11-22)
+++ v2 (2025-12-26)
@@ -880,51 +880,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład  - sprawdzian pisemny, laboratorium – samodzielne wykonanie zadania z wykorzystaniem komputera</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W05</w:t>
+        <w:t xml:space="preserve">Tr2A_W05, Tr2A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -950,51 +950,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład  - sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W05, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>