--- v0 (2025-11-01)
+++ v1 (2025-11-21)
@@ -758,51 +758,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W09, Tr2A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent posiada wiedzę dotyczącą utrzymania infrastruktury transportu, rodzajów napraw tejże infrastruktury, a także sposobów zwiększania jej trwałości. Absolwent posiada także wiedzę dotyczącą diagnostyki infrastruktury transportu, metod pomiarowych oraz wykorzystywanego do tego sprzętu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -962,67 +962,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia projektowe – wykonanie dokumentacji projektowej wraz z obliczeniami i zaliczenie ustne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U03, Tr2A_U14, Tr2A_U15</w:t>
+        <w:t xml:space="preserve">Tr2A_U14, Tr2A_U15, Tr2A_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, II.T.P7S_UW.2, II.T.P7S_UW.3, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>