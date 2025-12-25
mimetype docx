--- v1 (2025-11-21)
+++ v2 (2025-12-25)
@@ -882,67 +882,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - zaliczenie część pisemna, 2 pytania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W07, Tr2A_W09, Tr2A_W10</w:t>
+        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W10, Tr2A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WK, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -962,67 +962,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia projektowe – wykonanie dokumentacji projektowej wraz z obliczeniami i zaliczenie ustne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U14, Tr2A_U15, Tr2A_U03</w:t>
+        <w:t xml:space="preserve">Tr2A_U03, Tr2A_U14, Tr2A_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, II.T.P7S_UW.2, II.T.P7S_UW.3, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>