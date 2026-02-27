--- v2 (2025-12-25)
+++ v3 (2026-02-27)
@@ -882,67 +882,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - zaliczenie część pisemna, 2 pytania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W10, Tr2A_W07</w:t>
+        <w:t xml:space="preserve">Tr2A_W07, Tr2A_W09, Tr2A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WK, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -962,67 +962,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia projektowe – wykonanie dokumentacji projektowej wraz z obliczeniami i zaliczenie ustne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U03, Tr2A_U14, Tr2A_U15</w:t>
+        <w:t xml:space="preserve">Tr2A_U15, Tr2A_U03, Tr2A_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, II.T.P7S_UW.2, II.T.P7S_UW.3, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UO, II.T.P7S_UW.2, II.T.P7S_UW.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>