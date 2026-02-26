--- v1 (2025-12-25)
+++ v2 (2026-02-26)
@@ -940,51 +940,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prace pisemne, prezentacja, praca zaliczeniowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U02, Tr2A_U05</w:t>
+        <w:t xml:space="preserve">Tr2A_U05, Tr2A_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1080,67 +1080,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja, wypowiedzi na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U05, Tr2A_U01</w:t>
+        <w:t xml:space="preserve">Tr2A_U01, Tr2A_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zrozumieć główne treści wykładów, wystąpień i raportów oraz innych form prezentacji akademickich/zawodowych, złożonych pod względem treści, leksyki i struktury.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>