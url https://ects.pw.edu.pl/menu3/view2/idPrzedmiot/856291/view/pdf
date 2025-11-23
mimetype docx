--- v0 (2025-10-30)
+++ v1 (2025-11-23)
@@ -742,51 +742,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - egzamin pisemny w formie pytań i zadań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W05</w:t>
+        <w:t xml:space="preserve">Tr2A_W05, Tr2A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>