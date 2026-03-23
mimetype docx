--- v1 (2025-11-23)
+++ v2 (2026-03-23)
@@ -882,67 +882,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - egzamin pisemny w formie pytań i zadań, ćwiczenia audytoryjne - kolokwia pisemne w formie pytań i zdań: kolokwium i kolokwium poprawkowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W09</w:t>
+        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna układ wartości dla oceny rozwiązań przestrzennych, technologicznych, organizacyjnych i kosztowych systemów logistycznych lub ich elementów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>