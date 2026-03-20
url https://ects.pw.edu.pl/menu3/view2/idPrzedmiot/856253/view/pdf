--- v1 (2026-02-25)
+++ v2 (2026-03-20)
@@ -750,277 +750,277 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - egzamin pisemny, ewent. część ustna, ćwiczenia lab. - kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W07, Tr2A_W08, Tr2A_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna najważniejsze zmiany i trendy rozwojowe w budowie pojazdów samochodowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykład - egzamin pisemny, ewent. część ustna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna nowoczesne materiały stosowane (oraz trendy rozwojowe) w budowie pojazdów samochodowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykład - egzamin pisemny, ewent. część ustna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W07, Tr2A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna nowoczesne środki podwyższające bezpieczeństwo ekologiczne pojazdów samochodowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykład - egzamin pisemny, ewent. część ustna, ćwiczenia lab. - kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W09, Tr2A_W07, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna wybrane metody oceny własności pojazdu (w zakresie toksyczności spalin, własności masowo-geometrycznych, kierowalności)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>