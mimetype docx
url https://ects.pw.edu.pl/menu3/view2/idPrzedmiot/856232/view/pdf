--- v0 (2025-11-02)
+++ v1 (2025-12-25)
@@ -804,51 +804,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie egzaminu po zakończonym semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
+        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>