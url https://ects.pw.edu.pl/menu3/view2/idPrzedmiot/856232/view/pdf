--- v1 (2025-12-25)
+++ v2 (2026-02-27)
@@ -804,51 +804,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie egzaminu po zakończonym semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -954,67 +954,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie egzaminu po zakończonym semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U01, Tr2A_U10, Tr2A_U12, Tr2A_U14</w:t>
+        <w:t xml:space="preserve">Tr2A_U12, Tr2A_U14, Tr2A_U01, Tr2A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie wskazać istotne cechy interfejsu systemu sterowania ruchem z urządzeniami wykonawczymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>