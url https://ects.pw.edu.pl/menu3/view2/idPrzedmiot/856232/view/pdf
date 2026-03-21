--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -954,67 +954,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu jest realizowana w czasie egzaminu po zakończonym semestrze. Studenci odpowiadają na punktowane pytania. Efekt jest uzyskany jeżeli student otrzyma więcej niż połowę punktów przewidzianą za pytania dotyczące efektu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U12, Tr2A_U14, Tr2A_U01, Tr2A_U10</w:t>
+        <w:t xml:space="preserve">Tr2A_U10, Tr2A_U12, Tr2A_U14, Tr2A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie wskazać istotne cechy interfejsu systemu sterowania ruchem z urządzeniami wykonawczymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>