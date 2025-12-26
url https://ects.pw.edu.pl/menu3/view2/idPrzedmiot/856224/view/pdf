--- v0 (2025-10-31)
+++ v1 (2025-12-26)
@@ -735,67 +735,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu, indywidualne i grupowe konsultacje projektu, ustna obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">posiada wiedzę na temat elementów i składni różnych języków programowania sterowników PLC  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1025,67 +1025,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu, indywidualne i grupowe konsultacje projektu, ustna obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U10, Tr2A_U21</w:t>
+        <w:t xml:space="preserve">Tr2A_U21, Tr2A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.4, III.P7S_UW.4.o, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zweryfikować napisane oprogramowanie sterujące</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>