--- v0 (2025-11-01)
+++ v1 (2025-12-26)
@@ -816,287 +816,287 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia zawierające od 3 do 5 pytań otwartych każde - wymagane jest udzielenie pełnych odpowiedzi przynajmniej na połowę zadanych pytań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podbudowaną teoretycznie szczegółową wiedzę dotyczącą obliczania zdolności obsługowej terminalu przeładunkowego transportu intermodalnego. Ma podbudowaną teoretycznie szczegółową wiedzę dotyczącą kalkulacji nakładów i kosztów funkcjonowania terminalu kontenerowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa kolokwia zawierające od 3 do 5 pytań otwartych każde - wymagane jest udzielenie pełnych odpowiedzi przynajmniej na połowę zadanych pytań</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W07, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podbudowaną teoretycznie szczegółową wiedzę dotyczącą obliczania zdolności obsługowej terminalu przeładunkowego transportu intermodalnego. Ma podbudowaną teoretycznie szczegółową wiedzę dotyczącą kalkulacji nakładów i kosztów funkcjonowania terminalu kontenerowego</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować system pracy terminalu przeładunkowego transportu intermodalnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Dwa kolokwia zawierające od 3 do 5 pytań otwartych każde - wymagane jest udzielenie pełnych odpowiedzi przynajmniej na połowę zadanych pytań</w:t>
+        <w:t xml:space="preserve">Ćwiczenie projektowe – przygotowanie projektu i przedstawienie do oceny – obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W07, Tr2A_W08</w:t>
+        <w:t xml:space="preserve">Tr2A_U21, Tr2A_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować system pracy terminalu przeładunkowego transportu intermodalnego</w:t>
+        <w:t xml:space="preserve">Potrafi stosować odpowiednie metody w projektowaniu terminalu przeładunkowego transportu intermodalnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenie projektowe – przygotowanie projektu i przedstawienie do oceny – obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U21, Tr2A_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać analizy ekonomicznej funkcjonownia terminala przeładunkowego transportu intermodalnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>