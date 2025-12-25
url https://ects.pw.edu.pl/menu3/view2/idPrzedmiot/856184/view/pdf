--- v0 (2025-10-30)
+++ v1 (2025-12-25)
@@ -1106,67 +1106,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie ćwiczeń, opracowanie sprawozdania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U01, Tr2A_U06, Tr2A_U08</w:t>
+        <w:t xml:space="preserve">Tr2A_U06, Tr2A_U08, Tr2A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać pomiaru oddziaływania drgań na człowieka</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>