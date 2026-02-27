--- v1 (2025-12-25)
+++ v2 (2026-02-27)
@@ -956,217 +956,217 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W07, Tr2A_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę z zakresu zastosowań sztucznej inteligencji do analizy wyników w tym realizacji zadania diagnostyki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W05, Tr2A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę z zakresu zastosowań sztucznej inteligencji do analizy wyników w tym realizacji zadania diagnostyki</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić syntezę toru pomiarowego z wykorzystaniem technik komputerowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">Wykonanie ćwiczeń, opracowanie sprawozdania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W05, Tr2A_W07</w:t>
+        <w:t xml:space="preserve">Tr2A_U01, Tr2A_U06, Tr2A_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać pomiaru oddziaływania drgań na człowieka</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>