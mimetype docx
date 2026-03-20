--- v2 (2026-02-27)
+++ v3 (2026-03-20)
@@ -816,207 +816,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W07, Tr2A_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę z zakresu estymacji wybranych charakterystyk</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W05, Tr2A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę z zakresu estymacji wybranych charakterystyk</w:t>
+        <w:t xml:space="preserve">Ma wiedzę z zakresu identyfikacji wybranych charakterystyk i parametrów w eksperymencie biernym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W05, Tr2A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę z zakresu zastosowań sztucznej inteligencji do analizy wyników w tym realizacji zadania diagnostyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>