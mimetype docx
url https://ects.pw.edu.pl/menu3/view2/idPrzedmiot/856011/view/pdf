--- v0 (2025-12-25)
+++ v1 (2026-02-27)
@@ -994,51 +994,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM3_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna konstrukcje miar produktowych i twierdzenie Fubiniego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1144,51 +1144,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">II.X.P6S_UW.1.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM3_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi całkować po krzywych i płatach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>