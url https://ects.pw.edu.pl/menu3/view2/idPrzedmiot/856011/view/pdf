--- v1 (2026-02-27)
+++ v2 (2026-03-23)
@@ -784,71 +784,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AM3_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę z teorii miary i całki Lebesgue’a</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MAD1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka AM3_W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka AM3_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę z teorii miary i całki Lebesgue’a</w:t>
+        <w:t xml:space="preserve">Zna pojęcia analizy wektorowej i twierdzenia z nimi związane.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -867,58 +937,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka AM3_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka AM3_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna pojęcia analizy wektorowej i twierdzenia z nimi związane.</w:t>
+        <w:t xml:space="preserve">Zna aparat form różniczkowych.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -937,58 +1007,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka AM3_W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka AM3_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna aparat form różniczkowych.  </w:t>
+        <w:t xml:space="preserve">Zna konstrukcje miar produktowych i twierdzenie Fubiniego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -999,196 +1069,126 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka AM3_W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AM3_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna konstrukcje miar produktowych i twierdzenie Fubiniego. </w:t>
+        <w:t xml:space="preserve">Potrafi obliczać całki wielokrotne stosując całki iterowane i zamianę zmiennych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia, egzamin</w:t>
+        <w:t xml:space="preserve">Kolokwia, kartkówki, zadania domowe, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_W05</w:t>
+        <w:t xml:space="preserve">MAD1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">II.X.P6S_UW.1.o, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM3_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi całkować po krzywych i płatach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>