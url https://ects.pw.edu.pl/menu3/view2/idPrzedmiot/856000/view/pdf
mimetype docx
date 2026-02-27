--- v0 (2025-12-25)
+++ v1 (2026-02-27)
@@ -948,121 +948,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AM2_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna pojęcie przestrzeni metrycznej, opis funkcji wielu zmiennych z użyciem narzędzi związanych z metryką, podstawy rachunku różniczkowego funkcji wielu zmiennych oraz zastosowania, w tym do badania ekstremów funkcji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MAD1_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM2_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe pojęcia geometrii różniczkowej krzywych i powierzchni.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>