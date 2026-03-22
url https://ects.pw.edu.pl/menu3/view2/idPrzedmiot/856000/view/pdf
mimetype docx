--- v1 (2026-02-27)
+++ v2 (2026-03-22)
@@ -948,51 +948,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM2_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna pojęcie przestrzeni metrycznej, opis funkcji wielu zmiennych z użyciem narzędzi związanych z metryką, podstawy rachunku różniczkowego funkcji wielu zmiennych oraz zastosowania, w tym do badania ekstremów funkcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1308,51 +1308,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">II.X.P6S_UW.1.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM2_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi znajdować granice oraz obliczać pochodne i różniczki funkcji wielu zmiennych, w tym dla złożeń funkcji. Umie posługiwać się macierzą jakobianową.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>