--- v1 (2026-02-28)
+++ v2 (2026-03-23)
@@ -760,51 +760,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie działającego programu wraz z dokumentacją</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M2_W01, M2_W02, M2MNI_W12, M2_W04</w:t>
+        <w:t xml:space="preserve">M2_W02, M2MNI_W12, M2_W04, M2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -980,51 +980,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie działającego programu wraz z dokumentacją</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M2MNI_U12, M2_U01, M2_U02, M2MNI_U09</w:t>
+        <w:t xml:space="preserve">M2_U01, M2_U02, M2MNI_U09, M2MNI_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>