--- v0 (2026-02-27)
+++ v1 (2026-03-28)
@@ -1190,51 +1190,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin i /kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M2MUF_U04, M2MUF_U08, M2MUF_U09</w:t>
+        <w:t xml:space="preserve">M2MUF_U09, M2MUF_U04, M2MUF_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>