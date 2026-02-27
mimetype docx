--- v0 (2025-12-25)
+++ v1 (2026-02-27)
@@ -918,51 +918,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS2_U03, DS2_U18</w:t>
+        <w:t xml:space="preserve">DS2_U18, DS2_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>