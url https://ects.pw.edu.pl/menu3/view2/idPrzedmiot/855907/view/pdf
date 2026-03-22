--- v1 (2026-02-27)
+++ v2 (2026-03-22)
@@ -768,201 +768,201 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">DS2_W03, DS2_W14, DS2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę z zakresu metod numerycznych dla zadań optymalizacji występujących w analizie danych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">DS2_W01, DS2_W03, DS2_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę z zakresu metod numerycznych dla zadań optymalizacji występujących w analizie danych.</w:t>
+        <w:t xml:space="preserve">Potrafi rozwiązywać zadania optymalizacji w analizie danych z wykorzystaniem właściwego pakietu numerycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve">Sprawozdanie z projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS2_W01, DS2_W03, DS2_W14</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">DS2_U18, DS2_U03</w:t>
+        <w:t xml:space="preserve">DS2_U03, DS2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>