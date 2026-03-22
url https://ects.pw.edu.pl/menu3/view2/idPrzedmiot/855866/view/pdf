--- v0 (2025-12-25)
+++ v1 (2026-03-22)
@@ -743,51 +743,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena zawartości teoretycznej referatu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">SI_W05, SI_W11, SI_W01, SI_W02, SI_W03, SI_W04</w:t>
+        <w:t xml:space="preserve">SI_W02, SI_W03, SI_W04, SI_W05, SI_W11, SI_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -823,51 +823,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena zawartości teoretycznej referatu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">SI_U06, SI_U08, SI_U09</w:t>
+        <w:t xml:space="preserve">SI_U08, SI_U09, SI_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>