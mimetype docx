--- v0 (2025-12-24)
+++ v1 (2026-02-27)
@@ -990,121 +990,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywny udział w ćwiczeniach i laboratoriach, sprawdzian pisemny, egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U23, K_U01, K_U04, K_U09, K_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi stosować metody teorii automatów i lingwistyki matematycznej do opisu syntaktycznego prostych problemów i struktur wiedzy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">aktywny udział w ćwiczeniach i laboratoriach, sprawdzian pisemny, egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04, K_U09, K_U14, K_U23</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_U04, K_U09, K_U14, K_U23, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>