--- v1 (2026-02-27)
+++ v2 (2026-03-21)
@@ -840,51 +840,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywny udział w ćwiczeniach, sprawdzian pisemny, egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W07, K_W10, K_W12</w:t>
+        <w:t xml:space="preserve">K_W12, K_W04, K_W07, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -990,51 +990,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywny udział w ćwiczeniach i laboratoriach, sprawdzian pisemny, egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U23, K_U01, K_U04, K_U09, K_U14</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04, K_U09, K_U14, K_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>