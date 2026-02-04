--- v0 (2025-12-25)
+++ v1 (2026-02-04)
@@ -876,51 +876,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prezentacja + koncepcja technologiczna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U04, K_U05, K_U06, K_U07, K_U08, K_U09, K_U10, K_U11, K_U12, K_U16</w:t>
+        <w:t xml:space="preserve">K_U16, K_U01, K_U03, K_U04, K_U05, K_U06, K_U07, K_U08, K_U09, K_U10, K_U11, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>