--- v1 (2026-02-04)
+++ v2 (2026-02-28)
@@ -876,51 +876,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prezentacja + koncepcja technologiczna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U16, K_U01, K_U03, K_U04, K_U05, K_U06, K_U07, K_U08, K_U09, K_U10, K_U11, K_U12</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U04, K_U05, K_U06, K_U07, K_U08, K_U09, K_U10, K_U11, K_U12, K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -946,51 +946,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prezentacja + koncepcja technologiczna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U06, K_U08, K_U11</w:t>
+        <w:t xml:space="preserve">K_U08, K_U11, K_U03, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>