--- v2 (2026-02-28)
+++ v3 (2026-03-22)
@@ -876,51 +876,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prezentacja + koncepcja technologiczna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U04, K_U05, K_U06, K_U07, K_U08, K_U09, K_U10, K_U11, K_U12, K_U16</w:t>
+        <w:t xml:space="preserve">K_U04, K_U05, K_U06, K_U07, K_U08, K_U09, K_U10, K_U11, K_U12, K_U16, K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -946,51 +946,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prezentacja + koncepcja technologiczna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U11, K_U03, K_U06</w:t>
+        <w:t xml:space="preserve">K_U03, K_U06, K_U08, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>