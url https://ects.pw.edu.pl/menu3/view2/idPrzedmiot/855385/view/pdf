--- v0 (2025-12-25)
+++ v1 (2026-02-05)
@@ -744,51 +744,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">magisterski egzamin dyplomowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W04, K_W06, K_W07, K_W08, K_W09, K_W10, K_W11, K_W12, K_W13, K_W14</w:t>
+        <w:t xml:space="preserve">K_W11, K_W12, K_W13, K_W14, K_W01, K_W02, K_W03, K_W04, K_W06, K_W07, K_W08, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -894,51 +894,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">magisterski egzamin dyplomowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04, K_U05, K_U06, K_U08, K_U09, K_U12, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04, K_U05, K_U06, K_U08, K_U09, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>