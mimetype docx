--- v1 (2026-02-05)
+++ v2 (2026-02-27)
@@ -744,51 +744,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">magisterski egzamin dyplomowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11, K_W12, K_W13, K_W14, K_W01, K_W02, K_W03, K_W04, K_W06, K_W07, K_W08, K_W09, K_W10</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W04, K_W06, K_W07, K_W08, K_W09, K_W10, K_W11, K_W12, K_W13, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -824,51 +824,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">magisterski egzamin dyplomowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U04, K_U05</w:t>
+        <w:t xml:space="preserve">K_U04, K_U05, K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>