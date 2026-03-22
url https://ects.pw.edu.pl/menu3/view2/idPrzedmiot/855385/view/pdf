--- v2 (2026-02-27)
+++ v3 (2026-03-22)
@@ -824,51 +824,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">magisterski egzamin dyplomowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U05, K_U01, K_U03</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U04, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>