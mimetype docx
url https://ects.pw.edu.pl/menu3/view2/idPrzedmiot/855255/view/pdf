--- v0 (2025-12-25)
+++ v1 (2026-02-06)
@@ -904,51 +904,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">inżynierski egzamin dyplomowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U01, K_U03 </w:t>
+        <w:t xml:space="preserve">K_U01, K_U03 , K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -974,51 +974,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">inżynierski egzamin dyplomowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03 , K_U05, K_U07, K_U08, K_U10, K_U11 , K_U12 , K_U14 , K_U16, K_U19 , K_U20, K_U21, K_U22, K_U23, K_U24, K_U25, K_U26</w:t>
+        <w:t xml:space="preserve">K_U25, K_U26, K_U03 , K_U05, K_U07, K_U08, K_U10, K_U11 , K_U12 , K_U14 , K_U16, K_U19 , K_U20, K_U21, K_U22, K_U23, K_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>