--- v1 (2026-02-06)
+++ v2 (2026-02-27)
@@ -974,51 +974,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">inżynierski egzamin dyplomowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U25, K_U26, K_U03 , K_U05, K_U07, K_U08, K_U10, K_U11 , K_U12 , K_U14 , K_U16, K_U19 , K_U20, K_U21, K_U22, K_U23, K_U24</w:t>
+        <w:t xml:space="preserve">K_U05, K_U07, K_U08, K_U10, K_U11 , K_U12 , K_U14 , K_U16, K_U19 , K_U20, K_U21, K_U22, K_U23, K_U24, K_U25, K_U26, K_U03 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>