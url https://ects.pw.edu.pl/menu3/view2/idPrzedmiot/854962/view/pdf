--- v0 (2025-11-04)
+++ v1 (2025-12-25)
@@ -917,51 +917,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Raport z postępu i wyniku prac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS2_U15, DS2_U16, DS2_U21</w:t>
+        <w:t xml:space="preserve">DS2_U21, DS2_U15, DS2_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, I.P7S_UU, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>