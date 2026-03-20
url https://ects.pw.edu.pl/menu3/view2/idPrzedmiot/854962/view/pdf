--- v1 (2025-12-25)
+++ v2 (2026-03-20)
@@ -917,51 +917,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Raport z postępu i wyniku prac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS2_U21, DS2_U15, DS2_U16</w:t>
+        <w:t xml:space="preserve">DS2_U15, DS2_U16, DS2_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, I.P7S_UU, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1057,67 +1057,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Raport z postępu i wyniku prac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS2_U04, DS2_U15, DS2_U16</w:t>
+        <w:t xml:space="preserve">DS2_U15, DS2_U16, DS2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, I.P7S_UU, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UW, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>