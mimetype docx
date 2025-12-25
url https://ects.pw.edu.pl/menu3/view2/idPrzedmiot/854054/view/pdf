--- v0 (2025-11-03)
+++ v1 (2025-12-25)
@@ -1034,51 +1034,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena realizacji projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">PD_U19, PD_U02, PD_U03</w:t>
+        <w:t xml:space="preserve">PD_U02, PD_U03, PD_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>