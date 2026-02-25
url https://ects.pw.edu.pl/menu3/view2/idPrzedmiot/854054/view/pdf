--- v1 (2025-12-25)
+++ v2 (2026-02-25)
@@ -894,51 +894,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena realizacji projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">PD_U01, PD_U02, PD_U05, PD_U06, PD_U07, PD_U09, PD_U11, PD_U12, PD_U13, PD_U14, PD_U16</w:t>
+        <w:t xml:space="preserve">PD_U12, PD_U13, PD_U14, PD_U16, PD_U01, PD_U02, PD_U05, PD_U06, PD_U07, PD_U09, PD_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>