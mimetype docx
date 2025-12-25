--- v0 (2025-11-05)
+++ v1 (2025-12-25)
@@ -877,51 +877,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin punktowane ćwiczenia oraz laboratorium </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">SI_W01, CC_W01, CC_W11, SI_W11</w:t>
+        <w:t xml:space="preserve">CC_W01, CC_W11, SI_W11, SI_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>