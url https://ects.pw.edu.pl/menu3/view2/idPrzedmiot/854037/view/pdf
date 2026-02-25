--- v1 (2025-12-25)
+++ v2 (2026-02-25)
@@ -807,51 +807,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin punktowane ćwiczenia oraz laboratorium </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">CC_W01, CC_W11, SI_W11, SI_W01</w:t>
+        <w:t xml:space="preserve">CC_W11, SI_W11, SI_W01, CC_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>