--- v2 (2026-02-25)
+++ v3 (2026-03-20)
@@ -807,51 +807,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin punktowane ćwiczenia oraz laboratorium </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">CC_W11, SI_W11, SI_W01, CC_W01</w:t>
+        <w:t xml:space="preserve">CC_W01, CC_W11, SI_W11, SI_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1107,51 +1107,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin punktowana ocena rozwiązań zadań laboratoryjnych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">CC_K05, SI_K05, SI_K06</w:t>
+        <w:t xml:space="preserve">SI_K05, SI_K06, CC_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>