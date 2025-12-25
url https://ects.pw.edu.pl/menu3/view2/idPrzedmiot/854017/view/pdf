--- v0 (2025-11-04)
+++ v1 (2025-12-25)
@@ -985,51 +985,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonanych projektów lab.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">CC_U11, CC_U12, CC_U16, CC_U17, CC_U07, CC_U09</w:t>
+        <w:t xml:space="preserve">CC_U17, CC_U07, CC_U09, CC_U11, CC_U12, CC_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>