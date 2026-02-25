--- v1 (2025-12-25)
+++ v2 (2026-02-25)
@@ -985,51 +985,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonanych projektów lab.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">CC_U17, CC_U07, CC_U09, CC_U11, CC_U12, CC_U16</w:t>
+        <w:t xml:space="preserve">CC_U07, CC_U09, CC_U11, CC_U12, CC_U16, CC_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>